--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CAJCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Prasad JS, Panwar MS, Rao YS (1987) Nematode problems of rice in India. International Journal of Pest Management 33, 127-136.
 ------- 'Collected from', but it is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
@@ -119,56 +119,50 @@
     <t>Anoplophora chinensis</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Cajanus)</t>
   </si>
   <si>
     <t>ANOLGL</t>
   </si>
   <si>
     <t>Anoplophora glabripennis</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.</t>
   </si>
   <si>
     <t>APRIGE</t>
   </si>
   <si>
     <t>Apriona germari</t>
   </si>
   <si>
     <t>Apriona germari (as Cajanus)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
   </si>
   <si>
     <t>* Aiello A, Saltonstall K, Young V (2016) Brachyplatys vahlii (Fabricius, 1787), an introduced bug from Asia: first report in the Western Hemisphere (Hemiptera: Plataspidae: Brachyplatidinae). BioInvasions Records 5(1), 7-12.
 * Añino YJ, Zumba-Zhongor M, Naranjo-Morán JA, Rodríguez R, Santos-Murgas A, Zachrisson B (2020) Primer reporte de Brachyplatys subaeneus (Westwood) (Heteroptera: Plataspidae) en Ecuador y el listado sinóptico de sus plantas hospedantes. IDESIA (Chile) 38(1), 113-118.
 * Carmona-Ríos MG (2019) Primer registro de Brachyplatys subaeneus (Westwood) (Hemiptera: Plataspidae) en Costa Rica. Revista Chilena de Entomología 45(4), 583–586.</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t xml:space="preserve">* Guzmán R, Denis López L, Taveras R (2018) Mosca asiática, Melanagromyza obtusa (Malloch) (Diptera: Agromyzidae), sus enemigos naturales y otras plagas asociadas al cultivo del guandul en R.D. pp. 53-66 In Consejo Nacional de Investigaciones Agropecuarias y Forestales (CONIAF). Socialización de Resultados de Investigación en Manejo Integrado de Plagas. Cepeda Ureña., J. (Ed.). Santo Domingo. DO. 104 pp.
 * Hambleton EJ (1944) Heliothis virescens as a pest of cotton, with notes on host plants in Peru. Journal of Economic Entomology 37, 660-666.
 * Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their Natural Enemies and Host Plants. pp 241-297 In Proceedings of the Workshop on Biological Control of Heliothis: Increasing the effectiveness of natural enemies. USDA.
 * Korytkowski CA, Torres BM (1966) Insectos que Atacan al Cultivo del Frijol de Palo (Cajanus cajan) en el Perú. Revista Peruana De Entolomogía, 9(1), 3–9.
 * Viteri DM, Sarmiento L, Linares AM, Cabrera I (2019) Efficacy of biological control agents, synthetic insecticides, and their combinations to control tobacco budworm [Heliothis virescens (Lepidoptera: Noctuidae)] in pigeon pea. Crop Protection 122, 175-179.
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
@@ -833,51 +827,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D60"/>
+  <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="481.168" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1023,655 +1017,643 @@
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>42</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>51</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>68</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
         <v>69</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>73</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
       <c r="C28" t="s">
         <v>75</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>84</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>85</v>
       </c>
       <c r="C32" t="s">
         <v>86</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>89</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>90</v>
       </c>
       <c r="C34" t="s">
         <v>91</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>94</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>95</v>
       </c>
       <c r="C36" t="s">
         <v>96</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>98</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>101</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>102</v>
       </c>
       <c r="C39" t="s">
         <v>103</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C40" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>106</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41" t="s">
         <v>108</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>109</v>
       </c>
       <c r="C42" t="s">
         <v>110</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>111</v>
       </c>
       <c r="C43" t="s">
         <v>112</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C44" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>115</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>116</v>
       </c>
       <c r="C45" t="s">
         <v>117</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>118</v>
       </c>
       <c r="C46" t="s">
         <v>119</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>120</v>
       </c>
       <c r="C47" t="s">
         <v>121</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
         <v>122</v>
       </c>
       <c r="C48" t="s">
         <v>123</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D49" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B51" t="s">
         <v>131</v>
       </c>
       <c r="C51" t="s">
         <v>132</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B52" t="s">
         <v>133</v>
       </c>
       <c r="C52" t="s">
         <v>134</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B53" t="s">
         <v>135</v>
       </c>
       <c r="C53" t="s">
         <v>136</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B54" t="s">
         <v>137</v>
       </c>
       <c r="C54" t="s">
         <v>138</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B56" t="s">
         <v>141</v>
       </c>
       <c r="C56" t="s">
         <v>142</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B57" t="s">
         <v>143</v>
       </c>
       <c r="C57" t="s">
         <v>144</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B58" t="s">
         <v>145</v>
       </c>
       <c r="C58" t="s">
         <v>146</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B59" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C59" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>149</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D60"/>
+      <c r="D59"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>