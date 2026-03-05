--- v1 (2025-11-23)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CAJCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Prasad JS, Panwar MS, Rao YS (1987) Nematode problems of rice in India. International Journal of Pest Management 33, 127-136.
 ------- 'Collected from', but it is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
@@ -390,50 +390,53 @@
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
     <t>Phytophthora nicotianae var. parasitica</t>
   </si>
   <si>
     <t>PLANKE</t>
   </si>
   <si>
     <t>Planococcus kenyae</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>XYLSCO</t>
   </si>
   <si>
     <t>Xylosandrus compactus</t>
   </si>
   <si>
     <t>* Dole SA, Cognato AI (2010) Phylogenetic revision of Xylosandrus Reitter (Coleoptera: Curculionidae: Scolytinae: Xyleborina). Proceedings of the California Academy of Sciences 61(7), 451-545.</t>
   </si>
@@ -1447,211 +1450,213 @@
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>116</v>
       </c>
       <c r="C45" t="s">
         <v>117</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>118</v>
       </c>
       <c r="C46" t="s">
         <v>119</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D48" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C49" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D49" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C50" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B51" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B52" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C53" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C55" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C56" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B57" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C57" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B58" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C58" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D58" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D59"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>