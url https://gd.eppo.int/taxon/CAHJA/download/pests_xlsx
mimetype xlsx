--- v0 (2025-10-12)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CAHJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECCA</t>
   </si>
   <si>
     <t>Aleurocanthus camelliae</t>
   </si>
   <si>
     <t>* Andrianto E, Kasai A (2022) Wolbachia in black spiny whiteflies and their new parasitoid wasp in Japan: evidence of the distinct infection status on Aleurocanthus camelliae cryptic species complex. Insects, 13, 788. https://doi.org/10.3390/insects13090788
 * Kanmiya K, Ueda S, Kasai A, Yamashita K, Sato Y, Yoshiyasu Y (2011) Proposal of new specific status for tea-infesting populations of the nominal citrus spiny whitefly Aleurocanthus spiniferus (Homoptera: Aleyrodidae). Zootaxa 2797, 25–44.</t>
   </si>
@@ -220,50 +220,59 @@
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Kumar V, Xiao Y, Borden MA, Ahmed MZ, McKenzie CL, Osborne LS (2023) Distribution of Scirtothrips dorsalis (Thysanoptera: Thripidae) cryptic species complex in the United States and reproductive host assessment of its dominant member. Journal of Economic Entomology, toad138. https://doi.org/10.1093/jee/toad138
 ------- reproductive host of Scirtothrips dorsalis South Asia 1.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu131</t>
+  </si>
+  <si>
+    <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Ciborinia camelliae</t>
   </si>
   <si>
     <t>* Bodley E, Stanley R (2020) Determining the temporal interaction of Camellia cultivar flowering periods and Camellia petal blight disease presence in Auckland, New Zealand. Sibbaldia: the International Journal of Botanic Garden Horticulture 19(296), 12 pp.
 ------- from surveys in Auckland Botanic Gardens
 * Couselo JL, Vela P, Salinero C, Mansilla P (2014) Susceptibility trials of different Camellia species to Ciborinia camelliae. International Camellia Journal 46, 64-65.
 * Matsukura K, Hotta T, Abe H (2023) Occurrence density and host preference of Ciborinia camelliae, causing flower blight, at localities of native Camellia spp. in Japan. Tree and Forest Health 27, 187-193.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>*  Suh SJ (2020) Host plant list of the scale insects (Hemiptera: Coccomorpha) in South Korea. Insecta Mundi 0757: 1–26</t>
   </si>
@@ -591,51 +600,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -909,74 +918,88 @@
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>4</v>
+      </c>
+      <c r="B23" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>65</v>
       </c>
       <c r="B24" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" t="s">
         <v>66</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>67</v>
       </c>
-      <c r="D24" t="s">
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
         <v>68</v>
+      </c>
+      <c r="B25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">