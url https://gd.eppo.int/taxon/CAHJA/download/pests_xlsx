--- v1 (2026-01-22)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CAHJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECCA</t>
   </si>
   <si>
     <t>Aleurocanthus camelliae</t>
   </si>
   <si>
     <t>* Andrianto E, Kasai A (2022) Wolbachia in black spiny whiteflies and their new parasitoid wasp in Japan: evidence of the distinct infection status on Aleurocanthus camelliae cryptic species complex. Insects, 13, 788. https://doi.org/10.3390/insects13090788
 * Kanmiya K, Ueda S, Kasai A, Yamashita K, Sato Y, Yoshiyasu Y (2011) Proposal of new specific status for tea-infesting populations of the nominal citrus spiny whitefly Aleurocanthus spiniferus (Homoptera: Aleyrodidae). Zootaxa 2797, 25–44.</t>
   </si>
@@ -195,50 +195,60 @@
     <t>Phytophthora ramorum (as Camellia)</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC. 
 * USDA (2010) Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld. Pest Risk Assessment for Oregon.  https://static1.squarespace.com/static/58740d57579fb3b4fa5ce66f/t/599dec4b2994ca3914cdde86/1503521868110/Pram_PRA_OR_11192010.pdf</t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
 * Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.
 * Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Camellia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Kumar V, Xiao Y, Borden MA, Ahmed MZ, McKenzie CL, Osborne LS (2023) Distribution of Scirtothrips dorsalis (Thysanoptera: Thripidae) cryptic species complex in the United States and reproductive host assessment of its dominant member. Journal of Economic Entomology, toad138. https://doi.org/10.1093/jee/toad138
 ------- reproductive host of Scirtothrips dorsalis South Asia 1.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu131</t>
@@ -600,51 +610,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D25"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -886,120 +896,134 @@
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>58</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>4</v>
+      </c>
+      <c r="B24" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>68</v>
       </c>
       <c r="B25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" t="s">
         <v>69</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>70</v>
       </c>
-      <c r="D25" t="s">
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
         <v>71</v>
+      </c>
+      <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">