--- v0 (2025-10-08)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CAHAZ" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Camellia)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -97,50 +97,60 @@
   </si>
   <si>
     <t>COLLAC</t>
   </si>
   <si>
     <t>Colletotrichum acutatum sensu lato (as Camellia)</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Camellia)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum (as Camellia)</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC. 
 * USDA (2010) Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld. Pest Risk Assessment for Oregon.  https://static1.squarespace.com/static/58740d57579fb3b4fa5ce66f/t/599dec4b2994ca3914cdde86/1503521868110/Pram_PRA_OR_11192010.pdf</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Camellia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -444,51 +454,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -578,50 +588,64 @@
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">