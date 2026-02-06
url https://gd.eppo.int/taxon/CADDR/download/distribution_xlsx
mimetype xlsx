--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -116,51 +116,51 @@
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>