--- v0 (2025-10-06)
+++ v1 (2026-03-23)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
-    <t>* Hsu YC, Wang CJ, Chung WH (2025) First report of snow bush wilt caused by Ralstonia pseudosolanacearum (Ralstonia solanacearum phylotype I) in Taiwan. Crop Protection. 190, 107070.</t>
+    <t>* Hsu YC, Wang CJ, Chung WH (2025) First report of snow bush wilt caused by Ralstonia pseudosolanacearum (Ralstonia solanacearum phylotype I) in Taiwan. Crop Protection 190, 107070.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Scott-Brown AS, Hodgetts J, Hall J, Simmonds MJS, Collins DW (2018) Potential role of botanic garden collections in predicting hosts at risk globally from invasive pests: a case study using Scirtothrips dorsalis. Journal of Pest Science 91(2), 601-611.
 ------- Confirmed host.
 * Klassen W, Seal DR, Ciomperlik MA, Fieslemann DA (2008) The chilli thrips, Scirtothrips dorsalis: current status in the Greater Caribbean Region. Proceeedings of the Caribbean food crops society,  44(1), 103-117.
 ------- reproductive host in Florida (as Breynia nivosa).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>