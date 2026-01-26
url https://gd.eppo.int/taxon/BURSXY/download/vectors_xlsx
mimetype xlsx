--- v0 (2025-10-08)
+++ v1 (2026-01-26)
@@ -128,105 +128,106 @@
   </si>
   <si>
     <t>Monochamus scutellatus</t>
   </si>
   <si>
     <t>* Akbulut S, Stamps WT (2012) Insect vectors of the pinewood nematode: a review of the biology and ecology of Monochamus species. Forest Pathology 42, 89-99.
 ------- Second most important vector (after M. carolinensis) of B. xylophilus in the USA.
 * Bergdahl D, Halik S, Tomminen J, Akar H (1991) Frequency of infestation of Monochamus notatus and M. scutellatus by Bursaphelenchus xylophilus in Vermont. Phytopathology  81, 120.
 * Evans HF, McNamara DG, Braasch H, Chadoeuf J, Magnusson C (1996) Pest Risk Analysis for the territories of the European Union (as PRA area) on Bursaphlenchus xylophilus and its vectors in the genus Monochamus. EPPO Bulletin 26, 199-249.
 * Linit MJ (1988) Nematode-vector relationships in the pine wilt disease system. Journal of Nematology 20(2), 227-235.
 * Wingfield MJ, Blanchette R (1983) The pine-wood nematode, Bursaphelenchus xylophilus, in Minnesota and Wisconsin: Insect associates and transmission studies. Canadian Journal of Forest Research 13(6), 1068-1076.</t>
   </si>
   <si>
     <t>MONCTI</t>
   </si>
   <si>
     <t>Monochamus titillator</t>
   </si>
   <si>
     <t>* Akbulut S, Stamps WT (2012) Insect vectors of the pinewood nematode: a review of the biology and ecology of Monochamus species. Forest Pathology 42, 89-99.
 * Evans HF, McNamara DG, Braasch H, Chadoeuf J, Magnusson C (1996) Pest Risk Analysis for the territories of the European Union (as PRA area) on Bursaphlenchus xylophilus and its vectors in the genus Monochamus. EPPO Bulletin 26, 199-249.
 * Linit MJ (1988) Nematode-vector relationships in the pine wilt disease system. Journal of Nematology 20(2), 227-235.
 * Luzzi Ma, Wilkinson RC, Tarjan AC (1984) Transmission of the pinewood nematode, Bursaphelenchus xylophilus, to slash pine trees and log bolts by a Cerambycid beetle, Monochamus titillator, in Florida. Journal of Nematology 16(1), 37-40.</t>
   </si>
   <si>
+    <t>MONCUR</t>
+  </si>
+  <si>
+    <t>Monochamus urussovii</t>
+  </si>
+  <si>
+    <t>* Akbulut S, Stamps WT (2012) Insect vectors of the pinewood nematode: a review of the biology and ecology of Monochamus species. Forest Pathology 42, 89-99.
+* Togashi K, Taga Y, Iguchi K, Ikawa T (2008) Bursaphelenchus mucronatus (Nematoda: Aphelenchoididae) vectored by Monochamus urussovi (Coleoptera: Cerambycidae) in Hokkaido, Japan. Journal of Forest Research 13, 127–131.
+* Yu L, Liang Y, Wang X, Ren J, Sun W, Wang Y, Ren L, Wang X (2026) Implications of Monochamus sartor urussovi Fisher as a Carrier of Bursaphelenchus xylophilus (Steiner and Buhuer) for Pinus koraiensis Siebold &amp; Zucc. Populations in China. Forest Pathology 56(1), e70058</t>
+  </si>
+  <si>
     <t>Potential vector</t>
   </si>
   <si>
     <t>MONCMR</t>
   </si>
   <si>
     <t>Monochamus marmorator</t>
   </si>
   <si>
     <t>* Akbulut S, Stamps WT (2012) Insect vectors of the pinewood nematode: a review of the biology and ecology of Monochamus species. Forest Pathology 42, 89-99.
 ------- The insect was shown the carry the nematode but transmission needs to be verified.
 * Evans HF, McNamara DG, Braasch H, Chadoeuf J, Magnusson C (1996) Pest Risk Analysis for the territories of the European Union (as PRA area) on Bursaphlenchus xylophilus and its vectors in the genus Monochamus. EPPO Bulletin 26, 199-249.
 ------- Here considered as a vector.
 * Wingfield MJ, Blanchette R (1983) The pine-wood nematode, Bursaphelenchus xylophilus, in Minnesota and Wisconsin: Insect associates and transmission studies. Canadian Journal of Forest Research 13(6), 1068-1076.
 ------- The insect was shown the carry the nematode.</t>
   </si>
   <si>
     <t>MONCNO</t>
   </si>
   <si>
     <t>Monochamus notatus</t>
   </si>
   <si>
     <t>* Akbulut S, Stamps WT (2012) Insect vectors of the pinewood nematode: a review of the biology and ecology of Monochamus species. Forest Pathology 42, 89-99.
 ------- ------- The insect was shown the carry the nematode but transmission needs to be verified.
 * Bergdahl D, Halik S, Tomminen J, Akar H (1991) Frequency of infestation of Monochamus notatus and M. scutellatus by Bursaphelenchus xylophilus in Vermont. Phytopathology  81, 120.</t>
   </si>
   <si>
     <t>MONCOB</t>
   </si>
   <si>
     <t>Monochamus obtusus</t>
   </si>
   <si>
     <t>* Akbulut S, Stamps WT (2012) Insect vectors of the pinewood nematode: a review of the biology and ecology of Monochamus species. Forest Pathology 42, 89-99.
 * Evans HF, McNamara DG, Braasch H, Chadoeuf J, Magnusson C (1996) Pest Risk Analysis for the territories of the European Union (as PRA area) on Bursaphlenchus xylophilus and its vectors in the genus Monochamus. EPPO Bulletin 26, 199-249.</t>
   </si>
   <si>
     <t>MONCSU</t>
   </si>
   <si>
     <t>Monochamus sutor</t>
   </si>
   <si>
     <t>* Pajares J, Álvarez G, Hall D, Ibarra N, Hoch G, Halbig P, Cocoş D, Johansson H, Schroeder M (2017) Attractants for management of the pine sawyer beetle Monochamus sutor, a potential vector of Bursaphelenchus xylophilus. Journal of Applied Entomology 141, 97–111.</t>
-  </si>
-[...8 lines deleted...]
-* Togashi K, Taga Y, Iguchi K, Ikawa T (2008) Bursaphelenchus mucronatus (Nematoda: Aphelenchoididae) vectored by Monochamus urussovi (Coleoptera: Cerambycidae) in Hokkaido, Japan. Journal of Forest Research 13, 127–131.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -541,51 +542,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="312.495" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -672,107 +673,107 @@
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>30</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>