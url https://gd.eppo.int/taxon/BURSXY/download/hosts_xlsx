--- v0 (2025-10-08)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BURSXY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PIUDE</t>
   </si>
   <si>
     <t>Pinus densiflora</t>
   </si>
   <si>
     <t>* Dropkin VH, Foudin A, Kondo E, Linit M, Smith M, Robbins K (1981) Pinewood nematode: a threat to US forests? Plant Disease 65(12), 1022-1027.</t>
   </si>
   <si>
@@ -64,50 +64,62 @@
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>* Dropkin VH, Foudin AS (1979) Report of the occurrence of Bursaphelenchus lignicolus-induced pine wilt disease in Missouri. Plant Disease Reporter 63(11), 904-905.
 * Dropkin VH, Foudin A, Kondo E, Linit M, Smith M, Robbins K (1981) Pinewood nematode: a threat to US forests? Plant Disease 65(12), 1022-1027.
 * Malek RB, Appleby JE (1984) Epidemiology of pine wilt in Illinois. Plant Disease 68(3), 180-186.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>1ABIG</t>
   </si>
   <si>
     <t>Abies</t>
   </si>
   <si>
     <t>ABIBA</t>
   </si>
   <si>
     <t>Abies balsamea</t>
   </si>
   <si>
+    <t>* Wingfield MJ, Blanchette A, Kondo E (1983) Comparison of the pine wood nematode, Bursaphelenchus xylophilus from pine and balsam fir 1. European Journal of Forest Pathology 13(5‐6), 360-372.</t>
+  </si>
+  <si>
+    <t>ABIFI</t>
+  </si>
+  <si>
+    <t>Abies firma</t>
+  </si>
+  <si>
+    <t>* Mamiya Y (1983) Pathology of the pine wilt disease caused by Bursaphelenchus xylophilus. Annu. Rev. Phytopathol. 21, 201–220</t>
+  </si>
+  <si>
     <t>1CEUG</t>
   </si>
   <si>
     <t>Cedrus</t>
   </si>
   <si>
     <t>CEUAT</t>
   </si>
   <si>
     <t>Cedrus atlantica</t>
   </si>
   <si>
     <t>CEUDE</t>
   </si>
   <si>
     <t>Cedrus deodara</t>
   </si>
   <si>
     <t>1LAXG</t>
   </si>
   <si>
     <t>Larix</t>
   </si>
   <si>
     <t>LAXDE</t>
@@ -305,50 +317,59 @@
     <t>Pinus ponderosa</t>
   </si>
   <si>
     <t>PIURA</t>
   </si>
   <si>
     <t>Pinus radiata</t>
   </si>
   <si>
     <t xml:space="preserve">* Dropkin VH, Foudin A, Kondo E, Linit M, Smith M, Robbins K (1981) Pinewood nematode: a threat to US forests? Plant Disease 65(12), 1022-1027.
 * Zamora P, Rodríguez V, Renedo F, Sanz AV, Domínguez JC, Pérez-Escolar G, Miranda J, Álvarez B, González-Casas A, Mayor E, Dueñas M, Miravalles A, Navas A, Robertson L, Martín AB (2015) First report of Bursaphelenchus xylophilus causing pine wilt disease on Pinus radiata in Spain. Plant Disease 99, 1449. </t>
   </si>
   <si>
     <t>PIURE</t>
   </si>
   <si>
     <t>Pinus resinosa</t>
   </si>
   <si>
     <t>PIUST</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
+    <t>PIUTK</t>
+  </si>
+  <si>
+    <t>Pinus sylvestris var. mongholica</t>
+  </si>
+  <si>
+    <t>* Yu H, Wu H, Huang R, Wang J, Zhang R, Song R (2020) Separation and identification of Bursaphelenchus xylophilus from Pinus sylvestris var. mongolica in Fushun city. Forest Pest and Disease 39, 6-10.</t>
+  </si>
+  <si>
     <t>PIUTA</t>
   </si>
   <si>
     <t>Pinus tabuliformis</t>
   </si>
   <si>
     <t>* Pan L, Li Y, Cui R, Liu Z, Zhang X (2020) Monochamus saltuarius endangers Pinus tabuliformis Carr. and carries Bursaphelenchus xylophilus (Steiner and Buhrer) in China. Forests 2020, 11(10), 1051; https://doi.org/10.3390/f11101051
 ------- confirmed host.</t>
   </si>
   <si>
     <t>PIUTD</t>
   </si>
   <si>
     <t>Pinus taeda</t>
   </si>
   <si>
     <t>* Dropkin VH, Foudin A, Kondo E, Linit M, Smith M, Robbins K (1981) Pinewood nematode: a threat to US forests? Plant Disease 65(12), 1022-1027.
 * Malek RB, Appleby JE (1984) Epidemiology of pine wilt in Illinois. Plant Disease 68(3), 180-186.</t>
   </si>
   <si>
     <t>PIUTH</t>
   </si>
   <si>
     <t>Pinus thunbergii</t>
   </si>
@@ -370,68 +391,98 @@
   <si>
     <t>Pseudotsuga</t>
   </si>
   <si>
     <t>PSTME</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>1TSUG</t>
   </si>
   <si>
     <t>Tsuga</t>
   </si>
   <si>
     <t>TSUCA</t>
   </si>
   <si>
     <t>Tsuga canadensis</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>ABIHL</t>
+  </si>
+  <si>
+    <t>Abies holophylla</t>
+  </si>
+  <si>
+    <t>* Zhang X, Wang S, Zhou Q, Li J, Hou Q, Ren L, Luo Y (2025) Phenotypic Changes in Pinus thunbergii, Larix kaempferi, Picea koraiensis, and Abies holophylla Seedlings Inoculated with Pine Wilt Nematode: Revealing the Resistance. Forests 16(1), 137. https://doi.org/10.3390/f16010137</t>
+  </si>
+  <si>
+    <t>ABISA</t>
+  </si>
+  <si>
+    <t>Abies sachalinensis</t>
+  </si>
+  <si>
+    <t>* Kasuga H, Togashi K (2012) Nine-month persistence of Bursaphelenchus xylophilus in living Abies sachalinensis and Picea jezoensis seedlings and nematode reproduction in stem sections. Nematology 14(5), 547-554.</t>
+  </si>
+  <si>
     <t>BETPE</t>
   </si>
   <si>
     <t>Betula pendula</t>
   </si>
   <si>
     <t>* Kulinich OA, Arbuzova EN, Chalkin AA, Kozyreva NI (2024) Experimental confirmation of Bursaphelenchus xylophilus survival and propagation in birch logs. Russian Journal of Nematology 32(1), 67-73.
 -------in experiment, could survive and reproduce in logs of silver birch (Betula pendula) although both survival rate and reproduction levels were much lower than in pine.</t>
   </si>
   <si>
     <t>LAXSI</t>
   </si>
   <si>
     <t>Larix sibirica</t>
   </si>
   <si>
     <t>* Kulinich OA, Arbuzova EN, Kozyreva NI, Chalkin AA, Shchukovskaya AG, Ryaskin DI (2025) Study of susceptibility of siberian pine (Pinus sibirica), scots pine (Pinus sylvestris) and siberian larch (Larix sibirica) seedlings to the pine wilt disease. Russian Journal of Parasitology 19(1),125-138 (in Russian with English abstract). https://doi.org/10.31016/1998-8435-2025-19-1-125-138
 ------- host in inoculation experiments.</t>
+  </si>
+  <si>
+    <t>PIEJE</t>
+  </si>
+  <si>
+    <t>Picea jezoensis</t>
+  </si>
+  <si>
+    <t>PIEKR</t>
+  </si>
+  <si>
+    <t>Picea koraiensis</t>
   </si>
   <si>
     <t>PIUSB</t>
   </si>
   <si>
     <t>Pinus sibirica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -741,51 +792,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D51"/>
+  <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="454.032" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -819,664 +870,752 @@
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
+        <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>7</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D23" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D24" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D25" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>66</v>
+      </c>
+      <c r="D27" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D30" t="s">
-        <v>7</v>
+        <v>74</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C32" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D33" t="s">
-        <v>7</v>
+        <v>81</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>85</v>
+      </c>
+      <c r="D35" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D37" t="s">
-        <v>89</v>
+        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D38" t="s">
-        <v>7</v>
+        <v>93</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C39" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D39" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C40" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D40" t="s">
-        <v>96</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D41" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C42" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D42" t="s">
-        <v>7</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C43" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D43" t="s">
-        <v>7</v>
+        <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C44" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D44" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C45" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>110</v>
+      </c>
+      <c r="D45" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C46" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>112</v>
+      </c>
+      <c r="D46" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C48" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>114</v>
+        <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C49" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>114</v>
+        <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C50" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>120</v>
       </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B51" t="s">
+        <v>122</v>
+      </c>
+      <c r="C51" t="s">
+        <v>123</v>
+      </c>
+      <c r="D51" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
         <v>121</v>
       </c>
-      <c r="C51" t="s">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="B52" t="s">
+        <v>125</v>
+      </c>
+      <c r="C52" t="s">
+        <v>126</v>
+      </c>
+      <c r="D52" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>121</v>
+      </c>
+      <c r="B53" t="s">
+        <v>128</v>
+      </c>
+      <c r="C53" t="s">
+        <v>129</v>
+      </c>
+      <c r="D53" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>121</v>
+      </c>
+      <c r="B54" t="s">
+        <v>131</v>
+      </c>
+      <c r="C54" t="s">
+        <v>132</v>
+      </c>
+      <c r="D54" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>121</v>
+      </c>
+      <c r="B55" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>121</v>
+      </c>
+      <c r="B56" t="s">
+        <v>136</v>
+      </c>
+      <c r="C56" t="s">
+        <v>137</v>
+      </c>
+      <c r="D56" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>121</v>
+      </c>
+      <c r="B57" t="s">
+        <v>138</v>
+      </c>
+      <c r="C57" t="s">
+        <v>139</v>
+      </c>
+      <c r="D57" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">