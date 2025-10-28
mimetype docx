--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mamiya &amp; Kiyohara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine wilt disease, pine wood nematode, pinewood nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535468e60f0317352" w:history="1">
+            <w:hyperlink r:id="rId305869013c6b28c20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285968e60f03173b9" w:history="1">
+            <w:hyperlink r:id="rId225669013c6b28c89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BURSXY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62679055" name="name182268e60f03179e8" descr="7792.jpg"/>
+                  <wp:docPr id="82670491" name="name410969013c6b294aa" descr="7792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId244368e60f03179e6" cstate="print"/>
+                          <a:blip r:embed="rId426569013c6b294a8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId817068e60f0317abe" w:history="1">
+            <w:hyperlink r:id="rId759069013c6b2959d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3325,63 +3325,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is represented elsewhere in the world, but the species concerned do not attack conifers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86162734" name="name770968e60f031992d" descr="BURSXY_distribution_map.jpg"/>
+            <wp:docPr id="34358543" name="name195269013c6b2b86b" descr="BURSXY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BURSXY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId454268e60f031992b" cstate="print"/>
+                    <a:blip r:embed="rId924869013c6b2b869" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10532,51 +10532,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544968e60f031d8dd" w:history="1">
+      <w:hyperlink r:id="rId850769013c6b2fc89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13406,51 +13406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172768e60f031eaf5" w:history="1">
+      <w:hyperlink r:id="rId709369013c6b30f43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13722,137 +13722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76369491">
+  <w:abstractNum w:abstractNumId="69187751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69211192">
+    <w:lvl w:ilvl="0" w:tplc="34951305">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69211192" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34951305" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76369490">
+  <w:abstractNum w:abstractNumId="69187750">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82750655">
+    <w:lvl w:ilvl="0" w:tplc="47417497">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14604,55 +14604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76369490">
-    <w:abstractNumId w:val="76369490"/>
+  <w:num w:numId="69187750">
+    <w:abstractNumId w:val="69187750"/>
   </w:num>
-  <w:num w:numId="76369491">
-    <w:abstractNumId w:val="76369491"/>
+  <w:num w:numId="69187751">
+    <w:abstractNumId w:val="69187751"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26202,51 +26202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542717586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId968422900" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId535468e60f0317352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId285968e60f03173b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId817068e60f0317abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId544968e60f031d8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId172768e60f031eaf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId244368e60f03179e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244368e60f03179e6.jpg"/><Relationship Id="rId454268e60f031992b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454268e60f031992b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId216462175" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId355274690" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId305869013c6b28c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId225669013c6b28c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId759069013c6b2959d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId850769013c6b2fc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId709369013c6b30f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId426569013c6b294a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId426569013c6b294a8.jpg"/><Relationship Id="rId924869013c6b2b869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924869013c6b2b869.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>