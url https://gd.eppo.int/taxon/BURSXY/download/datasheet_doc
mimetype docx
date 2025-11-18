--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mamiya &amp; Kiyohara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine wilt disease, pine wood nematode, pinewood nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305869013c6b28c20" w:history="1">
+            <w:hyperlink r:id="rId2853691ce98d196e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225669013c6b28c89" w:history="1">
+            <w:hyperlink r:id="rId9839691ce98d19751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BURSXY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82670491" name="name410969013c6b294aa" descr="7792.jpg"/>
+                  <wp:docPr id="63940428" name="name2441691ce98d19fe4" descr="7792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId426569013c6b294a8" cstate="print"/>
+                          <a:blip r:embed="rId6807691ce98d19fe3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId759069013c6b2959d" w:history="1">
+            <w:hyperlink r:id="rId8926691ce98d1a112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3325,105 +3325,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is represented elsewhere in the world, but the species concerned do not attack conifers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34358543" name="name195269013c6b2b86b" descr="BURSXY_distribution_map.jpg"/>
+            <wp:docPr id="44128165" name="name2772691ce98d1c377" descr="BURSXY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BURSXY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId924869013c6b2b869" cstate="print"/>
+                    <a:blip r:embed="rId8145691ce98d1c374" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Portugal (mainland, Madeira), Spain (mainland)</w:t>
+        <w:t xml:space="preserve"> Armenia, France (mainland), Portugal (mainland, Madeira), Spain (mainland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Chongqing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shaanxi, Shandong, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), Japan (Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Korea, Republic of, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10532,51 +10532,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850769013c6b2fc89" w:history="1">
+      <w:hyperlink r:id="rId9908691ce98d204ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13406,51 +13406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709369013c6b30f43" w:history="1">
+      <w:hyperlink r:id="rId7876691ce98d21722" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13722,137 +13722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69187751">
+  <w:abstractNum w:abstractNumId="88164054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34951305">
+    <w:lvl w:ilvl="0" w:tplc="99461820">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34951305" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99461820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69187750">
+  <w:abstractNum w:abstractNumId="88164053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47417497">
+    <w:lvl w:ilvl="0" w:tplc="21545067">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14604,55 +14604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69187750">
-    <w:abstractNumId w:val="69187750"/>
+  <w:num w:numId="88164053">
+    <w:abstractNumId w:val="88164053"/>
   </w:num>
-  <w:num w:numId="69187751">
-    <w:abstractNumId w:val="69187751"/>
+  <w:num w:numId="88164054">
+    <w:abstractNumId w:val="88164054"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26202,51 +26202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId216462175" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId355274690" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId305869013c6b28c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId225669013c6b28c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId759069013c6b2959d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId850769013c6b2fc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId709369013c6b30f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId426569013c6b294a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId426569013c6b294a8.jpg"/><Relationship Id="rId924869013c6b2b869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924869013c6b2b869.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId716375546" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId856381125" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2853691ce98d196e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId9839691ce98d19751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId8926691ce98d1a112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId9908691ce98d204ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId7876691ce98d21722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6807691ce98d19fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6807691ce98d19fe3.jpg"/><Relationship Id="rId8145691ce98d1c374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8145691ce98d1c374.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>