--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mamiya &amp; Kiyohara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine wilt disease, pine wood nematode, pinewood nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2853691ce98d196e3" w:history="1">
+            <w:hyperlink r:id="rId89696938ee8e34b55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9839691ce98d19751" w:history="1">
+            <w:hyperlink r:id="rId57256938ee8e34bce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BURSXY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63940428" name="name2441691ce98d19fe4" descr="7792.jpg"/>
+                  <wp:docPr id="51674607" name="name33936938ee8e34cec" descr="7792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6807691ce98d19fe3" cstate="print"/>
+                          <a:blip r:embed="rId52256938ee8e34ceb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8926691ce98d1a112" w:history="1">
+            <w:hyperlink r:id="rId33186938ee8e34e0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3325,63 +3325,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is represented elsewhere in the world, but the species concerned do not attack conifers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44128165" name="name2772691ce98d1c377" descr="BURSXY_distribution_map.jpg"/>
+            <wp:docPr id="83479210" name="name61396938ee8e371c5" descr="BURSXY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BURSXY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8145691ce98d1c374" cstate="print"/>
+                    <a:blip r:embed="rId96856938ee8e371c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10532,51 +10532,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9908691ce98d204ed" w:history="1">
+      <w:hyperlink r:id="rId43536938ee8e3b2f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13406,51 +13406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7876691ce98d21722" w:history="1">
+      <w:hyperlink r:id="rId35236938ee8e3c520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13722,137 +13722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88164054">
+  <w:abstractNum w:abstractNumId="34394736">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99461820">
+    <w:lvl w:ilvl="0" w:tplc="27803877">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99461820" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27803877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88164053">
+  <w:abstractNum w:abstractNumId="34394735">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21545067">
+    <w:lvl w:ilvl="0" w:tplc="10397900">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14604,55 +14604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88164053">
-    <w:abstractNumId w:val="88164053"/>
+  <w:num w:numId="34394735">
+    <w:abstractNumId w:val="34394735"/>
   </w:num>
-  <w:num w:numId="88164054">
-    <w:abstractNumId w:val="88164054"/>
+  <w:num w:numId="34394736">
+    <w:abstractNumId w:val="34394736"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26202,51 +26202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId716375546" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId856381125" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2853691ce98d196e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId9839691ce98d19751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId8926691ce98d1a112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId9908691ce98d204ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId7876691ce98d21722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6807691ce98d19fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6807691ce98d19fe3.jpg"/><Relationship Id="rId8145691ce98d1c374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8145691ce98d1c374.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId127770571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId934851688" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89696938ee8e34b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId57256938ee8e34bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId33186938ee8e34e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId43536938ee8e3b2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId35236938ee8e3c520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52256938ee8e34ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52256938ee8e34ceb.jpg"/><Relationship Id="rId96856938ee8e371c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96856938ee8e371c2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>