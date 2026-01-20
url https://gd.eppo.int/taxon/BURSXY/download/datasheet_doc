--- v3 (2025-12-10)
+++ v4 (2026-01-20)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mamiya &amp; Kiyohara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine wilt disease, pine wood nematode, pinewood nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89696938ee8e34b55" w:history="1">
+            <w:hyperlink r:id="rId9850696ff437d2bf7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57256938ee8e34bce" w:history="1">
+            <w:hyperlink r:id="rId7209696ff437d2c5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BURSXY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51674607" name="name33936938ee8e34cec" descr="7792.jpg"/>
+                  <wp:docPr id="95620267" name="name2552696ff437d3318" descr="7792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52256938ee8e34ceb" cstate="print"/>
+                          <a:blip r:embed="rId3376696ff437d3316" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId33186938ee8e34e0f" w:history="1">
+            <w:hyperlink r:id="rId2650696ff437d3405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2012,50 +2012,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abies balsamea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Abies firma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Abies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cedrus atlantica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3325,63 +3345,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is represented elsewhere in the world, but the species concerned do not attack conifers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83479210" name="name61396938ee8e371c5" descr="BURSXY_distribution_map.jpg"/>
+            <wp:docPr id="8099234" name="name5009696ff437d547e" descr="BURSXY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BURSXY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96856938ee8e371c2" cstate="print"/>
+                    <a:blip r:embed="rId6857696ff437d547b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10532,51 +10552,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43536938ee8e3b2f1" w:history="1">
+      <w:hyperlink r:id="rId8067696ff437d951d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13384,73 +13404,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35236938ee8e3c520" w:history="1">
+      <w:hyperlink r:id="rId9994696ff437da716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13722,137 +13742,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34394736">
+  <w:abstractNum w:abstractNumId="11630322">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27803877">
+    <w:lvl w:ilvl="0" w:tplc="43072673">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27803877" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43072673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34394735">
+  <w:abstractNum w:abstractNumId="11630321">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10397900">
+    <w:lvl w:ilvl="0" w:tplc="23642699">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14604,55 +14624,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34394735">
-    <w:abstractNumId w:val="34394735"/>
+  <w:num w:numId="11630321">
+    <w:abstractNumId w:val="11630321"/>
   </w:num>
-  <w:num w:numId="34394736">
-    <w:abstractNumId w:val="34394736"/>
+  <w:num w:numId="11630322">
+    <w:abstractNumId w:val="11630322"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26202,51 +26222,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId127770571" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId934851688" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89696938ee8e34b55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId57256938ee8e34bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId33186938ee8e34e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId43536938ee8e3b2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId35236938ee8e3c520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52256938ee8e34ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52256938ee8e34ceb.jpg"/><Relationship Id="rId96856938ee8e371c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96856938ee8e371c2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839114351" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId494738987" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9850696ff437d2bf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId7209696ff437d2c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId2650696ff437d3405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId8067696ff437d951d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId9994696ff437da716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3376696ff437d3316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3376696ff437d3316.jpg"/><Relationship Id="rId6857696ff437d547b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6857696ff437d547b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>