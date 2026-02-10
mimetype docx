--- v4 (2026-01-20)
+++ v5 (2026-02-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mamiya &amp; Kiyohara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine wilt disease, pine wood nematode, pinewood nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9850696ff437d2bf7" w:history="1">
+            <w:hyperlink r:id="rId9337698af1154f969" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures, A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7209696ff437d2c5f" w:history="1">
+            <w:hyperlink r:id="rId9131698af1154f9d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BURSXY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95620267" name="name2552696ff437d3318" descr="7792.jpg"/>
+                  <wp:docPr id="33927530" name="name2037698af1154fa90" descr="7792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3376696ff437d3316" cstate="print"/>
+                          <a:blip r:embed="rId3146698af1154fa8e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2650696ff437d3405" w:history="1">
+            <w:hyperlink r:id="rId9069698af115500f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,50 +2732,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus strobus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pinus sylvestris var. mongholica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pinus sylvestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus tabuliformis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3345,63 +3365,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is represented elsewhere in the world, but the species concerned do not attack conifers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8099234" name="name5009696ff437d547e" descr="BURSXY_distribution_map.jpg"/>
+            <wp:docPr id="37919592" name="name8315698af115523da" descr="BURSXY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BURSXY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6857696ff437d547b" cstate="print"/>
+                    <a:blip r:embed="rId1851698af115523d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3420,51 +3440,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Armenia, France (mainland), Portugal (mainland, Madeira), Spain (mainland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Anhui, Chongqing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Liaoning, Shaanxi, Shandong, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), Japan (Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Korea, Republic of, Taiwan</w:t>
+        <w:t xml:space="preserve"> China (Anhui, Chongqing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Jilin, Liaoning, Shaanxi, Shandong, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), Japan (Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Korea, Republic of, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, British Columbia, Manitoba, New Brunswick, Newfoundland, Northwest Territories, Nova Scotia, Nunavut, Ontario, Québec, Saskatchewan, Yukon Territory), Mexico, United States of America (Alabama, Arizona, Arkansas, California, Colorado, Connecticut, Delaware, Florida, Georgia, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maryland, Massachusetts, Michigan, Minnesota, Mississippi, Missouri, Nebraska, New Jersey, New York, North Carolina, Ohio, Oklahoma, Oregon, Pennsylvania, South Carolina, Tennessee, Texas, Vermont, Virginia, West Virginia, Wisconsin)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -10552,51 +10572,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8067696ff437d951d" w:history="1">
+      <w:hyperlink r:id="rId7513698af1155640a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13426,51 +13446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9994696ff437da716" w:history="1">
+      <w:hyperlink r:id="rId8247698af11557665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13742,137 +13762,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11630322">
+  <w:abstractNum w:abstractNumId="95731385">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43072673">
+    <w:lvl w:ilvl="0" w:tplc="88437362">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43072673" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88437362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11630321">
+  <w:abstractNum w:abstractNumId="95731384">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23642699">
+    <w:lvl w:ilvl="0" w:tplc="46977134">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14624,55 +14644,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11630321">
-    <w:abstractNumId w:val="11630321"/>
+  <w:num w:numId="95731384">
+    <w:abstractNumId w:val="95731384"/>
   </w:num>
-  <w:num w:numId="11630322">
-    <w:abstractNumId w:val="11630322"/>
+  <w:num w:numId="95731385">
+    <w:abstractNumId w:val="95731385"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26222,51 +26242,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839114351" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId494738987" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9850696ff437d2bf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId7209696ff437d2c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId2650696ff437d3405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId8067696ff437d951d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId9994696ff437da716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3376696ff437d3316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3376696ff437d3316.jpg"/><Relationship Id="rId6857696ff437d547b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6857696ff437d547b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId503331063" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId576770552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9337698af1154f969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId9131698af1154f9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId9069698af115500f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId7513698af1155640a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId8247698af11557665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3146698af1154fa8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3146698af1154fa8e.jpg"/><Relationship Id="rId1851698af115523d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1851698af115523d7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>