--- v5 (2026-02-10)
+++ v6 (2026-03-04)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mamiya &amp; Kiyohara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pine wilt disease, pine wood nematode, pinewood nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9337698af1154f969" w:history="1">
+            <w:hyperlink r:id="rId651769a7f2ceeba56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures, Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9131698af1154f9d2" w:history="1">
+            <w:hyperlink r:id="rId527769a7f2ceebac1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BURSXY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33927530" name="name2037698af1154fa90" descr="7792.jpg"/>
+                  <wp:docPr id="55041626" name="name339569a7f2ceec0b6" descr="7792.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7792.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3146698af1154fa8e" cstate="print"/>
+                          <a:blip r:embed="rId951369a7f2ceec0b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9069698af115500f3" w:history="1">
+            <w:hyperlink r:id="rId353669a7f2ceec1ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3365,63 +3365,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is represented elsewhere in the world, but the species concerned do not attack conifers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37919592" name="name8315698af115523da" descr="BURSXY_distribution_map.jpg"/>
+            <wp:docPr id="10271025" name="name879369a7f2ceee14e" descr="BURSXY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BURSXY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1851698af115523d7" cstate="print"/>
+                    <a:blip r:embed="rId166869a7f2ceee14a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10572,51 +10572,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7513698af1155640a" w:history="1">
+      <w:hyperlink r:id="rId640869a7f2cef2280" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13446,51 +13446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8247698af11557665" w:history="1">
+      <w:hyperlink r:id="rId140169a7f2cef34b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13762,137 +13762,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95731385">
+  <w:abstractNum w:abstractNumId="96231357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88437362">
+    <w:lvl w:ilvl="0" w:tplc="16986585">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88437362" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16986585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95731384">
+  <w:abstractNum w:abstractNumId="96231356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46977134">
+    <w:lvl w:ilvl="0" w:tplc="73267164">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14644,55 +14644,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95731384">
-    <w:abstractNumId w:val="95731384"/>
+  <w:num w:numId="96231356">
+    <w:abstractNumId w:val="96231356"/>
   </w:num>
-  <w:num w:numId="95731385">
-    <w:abstractNumId w:val="95731385"/>
+  <w:num w:numId="96231357">
+    <w:abstractNumId w:val="96231357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26242,51 +26242,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId503331063" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId576770552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9337698af1154f969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId9131698af1154f9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId9069698af115500f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId7513698af1155640a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId8247698af11557665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3146698af1154fa8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3146698af1154fa8e.jpg"/><Relationship Id="rId1851698af115523d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1851698af115523d7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252561790" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId490601290" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId651769a7f2ceeba56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/" TargetMode="External"/><Relationship Id="rId527769a7f2ceebac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/categorization" TargetMode="External"/><Relationship Id="rId353669a7f2ceec1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/photos" TargetMode="External"/><Relationship Id="rId640869a7f2cef2280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId140169a7f2cef34b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId951369a7f2ceec0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId951369a7f2ceec0b4.jpg"/><Relationship Id="rId166869a7f2ceee14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId166869a7f2ceee14a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>