--- v0 (2025-10-07)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BRSNN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Brassicaceae)</t>
   </si>
   <si>
     <t>CORBSE</t>
   </si>
   <si>
@@ -387,50 +387,60 @@
   </si>
   <si>
     <t>SPODMA</t>
   </si>
   <si>
     <t>Spodoptera mauritia (as Brassicaceae)</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Capinera JL (2017) Yellowstriped Armyworm, Spodoptera ornithogalli (Guenée) (Insecta: Lepidoptera: Noctuidae). Department of Entomology and Nematology, University of Florida /IFAS Extension, EENY216, 4p. https://edis.ifas.ufl.edu/pdffiles/IN/IN37300.pdf
 * Comstock JA (1965) Ciclo biologico de Prodenia ornithogalli Guenée (Lepidoptera: Noctuidae). Instituto de Biología, Universidad Nacional Autónoma de México, Serie Zoologia 36, 199-202.
 * Crumb SE (1929) Tobacco cutworms. USDA Technical Bulletin 88, p 179.
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW, Hernández LM (2010) HOSTS - A Database of the World's Lepidopteran Hostplants. Natural History Museum, London. http://www.nhm.ac.uk/hosts</t>
   </si>
   <si>
     <t>TATOAU</t>
   </si>
   <si>
     <t>Tatochila autodice (as Brassicaceae)</t>
+  </si>
+  <si>
+    <t>TOBRFV</t>
+  </si>
+  <si>
+    <t>Tobamovirus fructirugosum</t>
+  </si>
+  <si>
+    <t>* Lu M, Lu J, Chen J, Ding T, Cao Y, Liang Y, Rao S, Li J, Song X (2025) First field report of tomato brown rugose fruit virus (ToBRFV) naturally infecting rapeseed (Brassica napus) in China. Plant Disease (early view) https://doi.org/10.1094/PDIS-07-25-1532-PDN 
+----found to be naturally infecting rapeseed in a field</t>
   </si>
   <si>
     <t>TYLOBR</t>
   </si>
   <si>
     <t>Tyloderma brassicae (as Brassicaceae)</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BAGRHI</t>
   </si>
   <si>
     <t>Bagrada hilaris (as Brassica)</t>
   </si>
@@ -777,51 +787,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D58"/>
+  <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1473,103 +1483,117 @@
         <v>119</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
         <v>120</v>
       </c>
       <c r="C53" t="s">
         <v>121</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
         <v>122</v>
       </c>
       <c r="C54" t="s">
         <v>123</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>10</v>
       </c>
       <c r="B55" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C55" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D55" t="s">
         <v>126</v>
       </c>
+      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
         <v>127</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>128</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>129</v>
       </c>
-      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B57" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C57" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>132</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>130</v>
+      </c>
+      <c r="B58" t="s">
         <v>133</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>134</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>135</v>
       </c>
-      <c r="D58"/>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>136</v>
+      </c>
+      <c r="B59" t="s">
+        <v>137</v>
+      </c>
+      <c r="C59" t="s">
+        <v>138</v>
+      </c>
+      <c r="D59"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>