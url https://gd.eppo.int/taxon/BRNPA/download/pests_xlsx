--- v0 (2025-10-04)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BRNPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
@@ -122,50 +122,57 @@
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
     <t>* Penchevа A, Yovkova M (2016) New data on alien insect pests of ornamental plants in Bulgaria. Forestry ideas, 22, 17-33.</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Broussonetia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSDMAK</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. actinidiae</t>
   </si>
   <si>
     <t>* Li L, Pan H, Deng L, Feng DD, Zhong CH (2021) First report of bacterial leaf spot disease of Broussonetia papyrifera caused by Pseudomonas syringae pv. actinidiae in China. Plant Disease 105(3), 696. https://doi.org/10.1094/PDIS-07-20-1527-PDN
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Orlinski AD (2006) Outcomes of the EPPO project on quarantine pests for forestry. EPPO Bulletin 36, 497–511.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
@@ -520,61 +527,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -703,113 +710,127 @@
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
         <v>36</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
         <v>39</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" t="s">
         <v>42</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" t="s">
         <v>45</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" t="s">
         <v>48</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>49</v>
       </c>
-      <c r="C17" t="s">
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
         <v>50</v>
       </c>
-      <c r="D17" t="s">
+      <c r="B18" t="s">
         <v>51</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">