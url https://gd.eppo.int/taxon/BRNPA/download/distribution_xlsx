--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BRNPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
@@ -332,54 +332,90 @@
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -689,51 +725,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F50"/>
+  <dimension ref="A1:F56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1626,50 +1662,146 @@
       <c r="B49" t="s">
         <v>106</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>107</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>108</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>109</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" t="s">
+        <v>110</v>
+      </c>
+      <c r="C51"/>
+      <c r="D51" t="s">
+        <v>111</v>
+      </c>
+      <c r="E51"/>
+      <c r="F51" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>103</v>
+      </c>
+      <c r="B52" t="s">
+        <v>112</v>
+      </c>
+      <c r="C52"/>
+      <c r="D52" t="s">
+        <v>113</v>
+      </c>
+      <c r="E52"/>
+      <c r="F52" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" t="s">
+        <v>114</v>
+      </c>
+      <c r="C53"/>
+      <c r="D53" t="s">
+        <v>115</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>103</v>
+      </c>
+      <c r="B54" t="s">
+        <v>116</v>
+      </c>
+      <c r="C54"/>
+      <c r="D54" t="s">
+        <v>117</v>
+      </c>
+      <c r="E54"/>
+      <c r="F54" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>103</v>
+      </c>
+      <c r="B55" t="s">
+        <v>118</v>
+      </c>
+      <c r="C55"/>
+      <c r="D55" t="s">
+        <v>119</v>
+      </c>
+      <c r="E55"/>
+      <c r="F55" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>103</v>
+      </c>
+      <c r="B56" t="s">
+        <v>120</v>
+      </c>
+      <c r="C56"/>
+      <c r="D56" t="s">
+        <v>121</v>
+      </c>
+      <c r="E56"/>
+      <c r="F56" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>