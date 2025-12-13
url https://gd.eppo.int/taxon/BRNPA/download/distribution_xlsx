--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BRNPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
@@ -354,50 +354,59 @@
     <t>BA</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
@@ -725,64 +734,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F56"/>
+  <dimension ref="A1:F57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
@@ -1710,98 +1719,114 @@
       <c r="B52" t="s">
         <v>112</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>113</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
         <v>114</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>115</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>9</v>
+        <v>116</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>103</v>
       </c>
       <c r="B54" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>103</v>
       </c>
       <c r="B55" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>103</v>
       </c>
       <c r="B56" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>103</v>
+      </c>
+      <c r="B57" t="s">
+        <v>123</v>
+      </c>
+      <c r="C57"/>
+      <c r="D57" t="s">
+        <v>124</v>
+      </c>
+      <c r="E57"/>
+      <c r="F57" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>