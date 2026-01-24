--- v2 (2025-12-13)
+++ v3 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BRNPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
@@ -326,87 +326,111 @@
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>UZ</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>RO</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
@@ -734,51 +758,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F57"/>
+  <dimension ref="A1:F61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1719,114 +1743,178 @@
       <c r="B52" t="s">
         <v>112</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>113</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
         <v>114</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>115</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>116</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>103</v>
       </c>
       <c r="B54" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>103</v>
       </c>
       <c r="B55" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>103</v>
       </c>
       <c r="B56" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>103</v>
       </c>
       <c r="B57" t="s">
         <v>123</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>124</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>103</v>
+      </c>
+      <c r="B58" t="s">
+        <v>125</v>
+      </c>
+      <c r="C58"/>
+      <c r="D58" t="s">
+        <v>126</v>
+      </c>
+      <c r="E58"/>
+      <c r="F58" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" t="s">
+        <v>103</v>
+      </c>
+      <c r="B59" t="s">
+        <v>127</v>
+      </c>
+      <c r="C59"/>
+      <c r="D59" t="s">
+        <v>128</v>
+      </c>
+      <c r="E59"/>
+      <c r="F59" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" t="s">
+        <v>103</v>
+      </c>
+      <c r="B60" t="s">
+        <v>129</v>
+      </c>
+      <c r="C60"/>
+      <c r="D60" t="s">
+        <v>130</v>
+      </c>
+      <c r="E60"/>
+      <c r="F60" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>103</v>
+      </c>
+      <c r="B61" t="s">
+        <v>131</v>
+      </c>
+      <c r="C61"/>
+      <c r="D61" t="s">
+        <v>132</v>
+      </c>
+      <c r="E61"/>
+      <c r="F61" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>