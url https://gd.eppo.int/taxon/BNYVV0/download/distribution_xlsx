--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -389,51 +389,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
@@ -1998,51 +1998,51 @@
       <c r="B66" t="s">
         <v>144</v>
       </c>
       <c r="C66"/>
       <c r="D66" t="s">
         <v>145</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>85</v>
       </c>
       <c r="B67" t="s">
         <v>146</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
         <v>147</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>85</v>
       </c>
       <c r="B68" t="s">
         <v>148</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
         <v>149</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>85</v>
       </c>
       <c r="B69" t="s">
         <v>148</v>
       </c>