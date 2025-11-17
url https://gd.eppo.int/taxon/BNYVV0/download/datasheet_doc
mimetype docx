--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Beet rhizomania virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic yellow vein of beet, rhizomania of beet</w:t>
             </w:r>
-            <w:hyperlink r:id="rId672968e60f65e757e" w:history="1">
+            <w:hyperlink r:id="rId5529691abbf82ba0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157868e60f65e75e9" w:history="1">
+            <w:hyperlink r:id="rId9935691abbf82ba79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BNYVV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94922351" name="name759068e60f65e9990" descr="299.jpg"/>
+                  <wp:docPr id="50295667" name="name1453691abbf82de64" descr="299.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="299.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId520568e60f65e998e" cstate="print"/>
+                          <a:blip r:embed="rId4226691abbf82de62" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId516368e60f65e9a8e" w:history="1">
+            <w:hyperlink r:id="rId8384691abbf82dfae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1775,63 +1775,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The disease is now considered to occur in most sugarbeet-growing countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10040438" name="name258868e60f65ead27" descr="BNYVV0_distribution_map.jpg"/>
+            <wp:docPr id="74936404" name="name3716691abbf82ee4c" descr="BNYVV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BNYVV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId280668e60f65ead25" cstate="print"/>
+                    <a:blip r:embed="rId5564691abbf82ee4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5704,51 +5704,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 615-626.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Braselton JP (2001) Plasmodiophoromycota. In: McLaughlin, D.J., McLaughlin, E.G., Lemke, P.A. (eds) Systematics and Evolution. The Mycota, vol 7A. Springer, Berlin, Heidelberg. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198268e60f65ed836" w:history="1">
+      <w:hyperlink r:id="rId4620691abbf831996" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-662-10376-0_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11589,51 +11589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Benyvirus necrobetae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983868e60f65f0d53" w:history="1">
+      <w:hyperlink r:id="rId9589691abbf835e6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11804,81 +11804,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 527-532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718368e60f65f0ead" w:history="1">
+      <w:hyperlink r:id="rId3734691abbf835fcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00410.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63131032" name="name985368e60f65f236d" descr="eu_funding_250.png"/>
+            <wp:docPr id="79989885" name="name8773691abbf837ab6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId320468e60f65f236b" cstate="print"/>
+                    <a:blip r:embed="rId5631691abbf837ab3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11976,137 +11976,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47367461">
+  <w:abstractNum w:abstractNumId="81281717">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96878522">
+    <w:lvl w:ilvl="0" w:tplc="58296070">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96878522" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58296070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47367460">
+  <w:abstractNum w:abstractNumId="81281716">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50920438">
+    <w:lvl w:ilvl="0" w:tplc="51836197">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12858,55 +12858,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47367460">
-    <w:abstractNumId w:val="47367460"/>
+  <w:num w:numId="81281716">
+    <w:abstractNumId w:val="81281716"/>
   </w:num>
-  <w:num w:numId="47367461">
-    <w:abstractNumId w:val="47367461"/>
+  <w:num w:numId="81281717">
+    <w:abstractNumId w:val="81281717"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24456,51 +24456,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319726607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId348019767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId672968e60f65e757e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId157868e60f65e75e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId516368e60f65e9a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId198268e60f65ed836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId983868e60f65f0d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId718368e60f65f0ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId520568e60f65e998e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520568e60f65e998e.jpg"/><Relationship Id="rId280668e60f65ead25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId280668e60f65ead25.jpg"/><Relationship Id="rId320468e60f65f236b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId320468e60f65f236b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId373946847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237521661" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5529691abbf82ba0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId9935691abbf82ba79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId8384691abbf82dfae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId4620691abbf831996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId9589691abbf835e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3734691abbf835fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId4226691abbf82de62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4226691abbf82de62.jpg"/><Relationship Id="rId5564691abbf82ee4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5564691abbf82ee4a.jpg"/><Relationship Id="rId5631691abbf837ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5631691abbf837ab3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>