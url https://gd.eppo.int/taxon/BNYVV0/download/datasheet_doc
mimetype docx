--- v1 (2025-11-17)
+++ v2 (2025-12-18)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Beet rhizomania virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic yellow vein of beet, rhizomania of beet</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5529691abbf82ba0c" w:history="1">
+            <w:hyperlink r:id="rId81456943952625347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9935691abbf82ba79" w:history="1">
+            <w:hyperlink r:id="rId721569439526253b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BNYVV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50295667" name="name1453691abbf82de64" descr="299.jpg"/>
+                  <wp:docPr id="89663159" name="name77376943952625d11" descr="299.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="299.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4226691abbf82de62" cstate="print"/>
+                          <a:blip r:embed="rId42226943952625d0f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8384691abbf82dfae" w:history="1">
+            <w:hyperlink r:id="rId84266943952625e3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1775,63 +1775,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The disease is now considered to occur in most sugarbeet-growing countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74936404" name="name3716691abbf82ee4c" descr="BNYVV0_distribution_map.jpg"/>
+            <wp:docPr id="40644057" name="name31506943952627927" descr="BNYVV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BNYVV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5564691abbf82ee4a" cstate="print"/>
+                    <a:blip r:embed="rId42926943952627923" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5704,51 +5704,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 615-626.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Braselton JP (2001) Plasmodiophoromycota. In: McLaughlin, D.J., McLaughlin, E.G., Lemke, P.A. (eds) Systematics and Evolution. The Mycota, vol 7A. Springer, Berlin, Heidelberg. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4620691abbf831996" w:history="1">
+      <w:hyperlink r:id="rId727769439526293f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-662-10376-0_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11589,51 +11589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Benyvirus necrobetae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9589691abbf835e6a" w:history="1">
+      <w:hyperlink r:id="rId2290694395262b8fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11804,81 +11804,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 527-532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3734691abbf835fcf" w:history="1">
+      <w:hyperlink r:id="rId2637694395262ba52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00410.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79989885" name="name8773691abbf837ab6" descr="eu_funding_250.png"/>
+            <wp:docPr id="24565299" name="name3240694395262baf8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5631691abbf837ab3" cstate="print"/>
+                    <a:blip r:embed="rId7778694395262baf7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11976,137 +11976,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81281717">
+  <w:abstractNum w:abstractNumId="54596053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58296070">
+    <w:lvl w:ilvl="0" w:tplc="30369216">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58296070" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30369216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81281716">
+  <w:abstractNum w:abstractNumId="54596052">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51836197">
+    <w:lvl w:ilvl="0" w:tplc="79242626">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12858,55 +12858,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81281716">
-    <w:abstractNumId w:val="81281716"/>
+  <w:num w:numId="54596052">
+    <w:abstractNumId w:val="54596052"/>
   </w:num>
-  <w:num w:numId="81281717">
-    <w:abstractNumId w:val="81281717"/>
+  <w:num w:numId="54596053">
+    <w:abstractNumId w:val="54596053"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24456,51 +24456,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId373946847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237521661" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5529691abbf82ba0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId9935691abbf82ba79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId8384691abbf82dfae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId4620691abbf831996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId9589691abbf835e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3734691abbf835fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId4226691abbf82de62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4226691abbf82de62.jpg"/><Relationship Id="rId5564691abbf82ee4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5564691abbf82ee4a.jpg"/><Relationship Id="rId5631691abbf837ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5631691abbf837ab3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId342587471" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700116773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81456943952625347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId721569439526253b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId84266943952625e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId727769439526293f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId2290694395262b8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2637694395262ba52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId42226943952625d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42226943952625d0f.jpg"/><Relationship Id="rId42926943952627923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42926943952627923.jpg"/><Relationship Id="rId7778694395262baf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7778694395262baf7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>