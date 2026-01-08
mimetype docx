--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Beet rhizomania virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic yellow vein of beet, rhizomania of beet</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81456943952625347" w:history="1">
+            <w:hyperlink r:id="rId6564695f5008d516b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId721569439526253b6" w:history="1">
+            <w:hyperlink r:id="rId3680695f5008d51d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BNYVV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89663159" name="name77376943952625d11" descr="299.jpg"/>
+                  <wp:docPr id="5665982" name="name3920695f5008d52a4" descr="299.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="299.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42226943952625d0f" cstate="print"/>
+                          <a:blip r:embed="rId3524695f5008d52a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84266943952625e3e" w:history="1">
+            <w:hyperlink r:id="rId7684695f5008d53cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1775,63 +1775,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The disease is now considered to occur in most sugarbeet-growing countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40644057" name="name31506943952627927" descr="BNYVV0_distribution_map.jpg"/>
+            <wp:docPr id="52069435" name="name3532695f5008d5d87" descr="BNYVV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BNYVV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42926943952627923" cstate="print"/>
+                    <a:blip r:embed="rId8504695f5008d5d86" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5704,51 +5704,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 615-626.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Braselton JP (2001) Plasmodiophoromycota. In: McLaughlin, D.J., McLaughlin, E.G., Lemke, P.A. (eds) Systematics and Evolution. The Mycota, vol 7A. Springer, Berlin, Heidelberg. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727769439526293f2" w:history="1">
+      <w:hyperlink r:id="rId7634695f5008d78b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-662-10376-0_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11567,73 +11567,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Benyvirus necrobetae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2290694395262b8fd" w:history="1">
+      <w:hyperlink r:id="rId4569695f5008d9eb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11804,81 +11804,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 527-532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2637694395262ba52" w:history="1">
+      <w:hyperlink r:id="rId5042695f5008da013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00410.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24565299" name="name3240694395262baf8" descr="eu_funding_250.png"/>
+            <wp:docPr id="29438007" name="name2358695f5008da071" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7778694395262baf7" cstate="print"/>
+                    <a:blip r:embed="rId6618695f5008da070" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11976,137 +11976,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54596053">
+  <w:abstractNum w:abstractNumId="28910829">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30369216">
+    <w:lvl w:ilvl="0" w:tplc="71945849">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30369216" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71945849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54596052">
+  <w:abstractNum w:abstractNumId="28910828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79242626">
+    <w:lvl w:ilvl="0" w:tplc="26437615">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12858,55 +12858,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54596052">
-    <w:abstractNumId w:val="54596052"/>
+  <w:num w:numId="28910828">
+    <w:abstractNumId w:val="28910828"/>
   </w:num>
-  <w:num w:numId="54596053">
-    <w:abstractNumId w:val="54596053"/>
+  <w:num w:numId="28910829">
+    <w:abstractNumId w:val="28910829"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24456,51 +24456,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId342587471" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700116773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81456943952625347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId721569439526253b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId84266943952625e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId727769439526293f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId2290694395262b8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2637694395262ba52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId42226943952625d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42226943952625d0f.jpg"/><Relationship Id="rId42926943952627923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42926943952627923.jpg"/><Relationship Id="rId7778694395262baf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7778694395262baf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId964189197" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId532457771" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6564695f5008d516b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId3680695f5008d51d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId7684695f5008d53cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId7634695f5008d78b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId4569695f5008d9eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5042695f5008da013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId3524695f5008d52a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3524695f5008d52a3.jpg"/><Relationship Id="rId8504695f5008d5d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8504695f5008d5d86.jpg"/><Relationship Id="rId6618695f5008da070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6618695f5008da070.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>