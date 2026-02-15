--- v3 (2026-01-08)
+++ v4 (2026-02-15)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Beet rhizomania virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic yellow vein of beet, rhizomania of beet</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6564695f5008d516b" w:history="1">
+            <w:hyperlink r:id="rId620269911d6ef10ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -383,53 +383,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3680695f5008d51d6" w:history="1">
+            <w:hyperlink r:id="rId505869911d6ef1116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BNYVV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5665982" name="name3920695f5008d52a4" descr="299.jpg"/>
+                  <wp:docPr id="79653443" name="name640169911d6ef1799" descr="299.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="299.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3524695f5008d52a3" cstate="print"/>
+                          <a:blip r:embed="rId592769911d6ef1796" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7684695f5008d53cd" w:history="1">
+            <w:hyperlink r:id="rId595569911d6ef18e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1775,63 +1775,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The disease is now considered to occur in most sugarbeet-growing countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52069435" name="name3532695f5008d5d87" descr="BNYVV0_distribution_map.jpg"/>
+            <wp:docPr id="93258375" name="name302269911d6ef2e36" descr="BNYVV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BNYVV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8504695f5008d5d86" cstate="print"/>
+                    <a:blip r:embed="rId647169911d6ef2e33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5704,51 +5704,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 615-626.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Braselton JP (2001) Plasmodiophoromycota. In: McLaughlin, D.J., McLaughlin, E.G., Lemke, P.A. (eds) Systematics and Evolution. The Mycota, vol 7A. Springer, Berlin, Heidelberg. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7634695f5008d78b6" w:history="1">
+      <w:hyperlink r:id="rId987669911d6f00d96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-662-10376-0_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11589,51 +11589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Benyvirus necrobetae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4569695f5008d9eb2" w:history="1">
+      <w:hyperlink r:id="rId432069911d6f05187" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11804,81 +11804,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 527-532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5042695f5008da013" w:history="1">
+      <w:hyperlink r:id="rId251969911d6f052f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00410.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29438007" name="name2358695f5008da071" descr="eu_funding_250.png"/>
+            <wp:docPr id="77883510" name="name706569911d6f06671" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6618695f5008da070" cstate="print"/>
+                    <a:blip r:embed="rId257969911d6f0666e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11976,137 +11976,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28910829">
+  <w:abstractNum w:abstractNumId="89570627">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71945849">
+    <w:lvl w:ilvl="0" w:tplc="90702451">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71945849" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90702451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28910828">
+  <w:abstractNum w:abstractNumId="89570626">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26437615">
+    <w:lvl w:ilvl="0" w:tplc="58615367">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12858,55 +12858,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28910828">
-    <w:abstractNumId w:val="28910828"/>
+  <w:num w:numId="89570626">
+    <w:abstractNumId w:val="89570626"/>
   </w:num>
-  <w:num w:numId="28910829">
-    <w:abstractNumId w:val="28910829"/>
+  <w:num w:numId="89570627">
+    <w:abstractNumId w:val="89570627"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24456,51 +24456,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId964189197" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId532457771" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6564695f5008d516b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId3680695f5008d51d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId7684695f5008d53cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId7634695f5008d78b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId4569695f5008d9eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5042695f5008da013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId3524695f5008d52a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3524695f5008d52a3.jpg"/><Relationship Id="rId8504695f5008d5d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8504695f5008d5d86.jpg"/><Relationship Id="rId6618695f5008da070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6618695f5008da070.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629004224" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434755964" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId620269911d6ef10ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId505869911d6ef1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId595569911d6ef18e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId987669911d6f00d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId432069911d6f05187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId251969911d6f052f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId592769911d6ef1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId592769911d6ef1796.jpg"/><Relationship Id="rId647169911d6ef2e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647169911d6ef2e33.jpg"/><Relationship Id="rId257969911d6f0666e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId257969911d6f0666e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>