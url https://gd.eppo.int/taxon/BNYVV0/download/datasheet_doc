--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Beet rhizomania virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic yellow vein of beet, rhizomania of beet</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620269911d6ef10ab" w:history="1">
+            <w:hyperlink r:id="rId686969ac787badc5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505869911d6ef1116" w:history="1">
+            <w:hyperlink r:id="rId268969ac787badcd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BNYVV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79653443" name="name640169911d6ef1799" descr="299.jpg"/>
+                  <wp:docPr id="94777786" name="name753469ac787badda2" descr="299.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="299.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId592769911d6ef1796" cstate="print"/>
+                          <a:blip r:embed="rId224969ac787badda1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId595569911d6ef18e3" w:history="1">
+            <w:hyperlink r:id="rId306969ac787badeb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1775,63 +1775,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The disease is now considered to occur in most sugarbeet-growing countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93258375" name="name302269911d6ef2e36" descr="BNYVV0_distribution_map.jpg"/>
+            <wp:docPr id="11319978" name="name570169ac787baf11c" descr="BNYVV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BNYVV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId647169911d6ef2e33" cstate="print"/>
+                    <a:blip r:embed="rId936769ac787baf119" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5704,51 +5704,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 615-626.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Braselton JP (2001) Plasmodiophoromycota. In: McLaughlin, D.J., McLaughlin, E.G., Lemke, P.A. (eds) Systematics and Evolution. The Mycota, vol 7A. Springer, Berlin, Heidelberg. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987669911d6f00d96" w:history="1">
+      <w:hyperlink r:id="rId314269ac787bb0cdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-662-10376-0_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11589,51 +11589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Benyvirus necrobetae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432069911d6f05187" w:history="1">
+      <w:hyperlink r:id="rId745869ac787bb355d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11804,81 +11804,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 527-532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251969911d6f052f8" w:history="1">
+      <w:hyperlink r:id="rId802969ac787bb36c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00410.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77883510" name="name706569911d6f06671" descr="eu_funding_250.png"/>
+            <wp:docPr id="11214416" name="name883969ac787bb3730" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId257969911d6f0666e" cstate="print"/>
+                    <a:blip r:embed="rId891769ac787bb372f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11976,137 +11976,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89570627">
+  <w:abstractNum w:abstractNumId="35395858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90702451">
+    <w:lvl w:ilvl="0" w:tplc="40747208">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90702451" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40747208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89570626">
+  <w:abstractNum w:abstractNumId="35395857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58615367">
+    <w:lvl w:ilvl="0" w:tplc="37155173">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12858,55 +12858,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89570626">
-    <w:abstractNumId w:val="89570626"/>
+  <w:num w:numId="35395857">
+    <w:abstractNumId w:val="35395857"/>
   </w:num>
-  <w:num w:numId="89570627">
-    <w:abstractNumId w:val="89570627"/>
+  <w:num w:numId="35395858">
+    <w:abstractNumId w:val="35395858"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24456,51 +24456,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629004224" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434755964" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId620269911d6ef10ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId505869911d6ef1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId595569911d6ef18e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId987669911d6f00d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId432069911d6f05187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId251969911d6f052f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId592769911d6ef1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId592769911d6ef1796.jpg"/><Relationship Id="rId647169911d6ef2e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647169911d6ef2e33.jpg"/><Relationship Id="rId257969911d6f0666e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId257969911d6f0666e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292445773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId117444645" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId686969ac787badc5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId268969ac787badcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId306969ac787badeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId314269ac787bb0cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId745869ac787bb355d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId802969ac787bb36c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId224969ac787badda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId224969ac787badda1.jpg"/><Relationship Id="rId936769ac787baf119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId936769ac787baf119.jpg"/><Relationship Id="rId891769ac787bb372f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId891769ac787bb372f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>