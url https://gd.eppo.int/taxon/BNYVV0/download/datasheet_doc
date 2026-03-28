--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -325,51 +325,51 @@
               <w:t xml:space="preserve">Beet rhizomania virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic yellow vein of beet, rhizomania of beet</w:t>
             </w:r>
-            <w:hyperlink r:id="rId686969ac787badc5e" w:history="1">
+            <w:hyperlink r:id="rId992269c72a17491d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -385,51 +385,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268969ac787badcd4" w:history="1">
+            <w:hyperlink r:id="rId147069c72a1749240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -443,86 +443,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BNYVV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94777786" name="name753469ac787badda2" descr="299.jpg"/>
+                  <wp:docPr id="52920754" name="name655869c72a1749312" descr="299.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="299.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId224969ac787badda1" cstate="print"/>
+                          <a:blip r:embed="rId755269c72a1749310" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId306969ac787badeb1" w:history="1">
+            <w:hyperlink r:id="rId562469c72a1749451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1775,63 +1775,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The disease is now considered to occur in most sugarbeet-growing countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11319978" name="name570169ac787baf11c" descr="BNYVV0_distribution_map.jpg"/>
+            <wp:docPr id="40093327" name="name289369c72a1749da4" descr="BNYVV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BNYVV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId936769ac787baf119" cstate="print"/>
+                    <a:blip r:embed="rId994969c72a1749da3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5704,51 +5704,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 615-626.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Braselton JP (2001) Plasmodiophoromycota. In: McLaughlin, D.J., McLaughlin, E.G., Lemke, P.A. (eds) Systematics and Evolution. The Mycota, vol 7A. Springer, Berlin, Heidelberg. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314269ac787bb0cdd" w:history="1">
+      <w:hyperlink r:id="rId682069c72a174b821" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-662-10376-0_4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11589,51 +11589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Benyvirus necrobetae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745869ac787bb355d" w:history="1">
+      <w:hyperlink r:id="rId128869c72a174dd1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11804,81 +11804,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 527-532. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802969ac787bb36c0" w:history="1">
+      <w:hyperlink r:id="rId229669c72a174de73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00410.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11214416" name="name883969ac787bb3730" descr="eu_funding_250.png"/>
+            <wp:docPr id="77092746" name="name740969c72a174e26f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId891769ac787bb372f" cstate="print"/>
+                    <a:blip r:embed="rId713169c72a174e26d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11976,137 +11976,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35395858">
+  <w:abstractNum w:abstractNumId="32344121">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40747208">
+    <w:lvl w:ilvl="0" w:tplc="89740577">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40747208" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89740577" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35395857">
+  <w:abstractNum w:abstractNumId="32344120">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37155173">
+    <w:lvl w:ilvl="0" w:tplc="42751983">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12858,55 +12858,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35395857">
-    <w:abstractNumId w:val="35395857"/>
+  <w:num w:numId="32344120">
+    <w:abstractNumId w:val="32344120"/>
   </w:num>
-  <w:num w:numId="35395858">
-    <w:abstractNumId w:val="35395858"/>
+  <w:num w:numId="32344121">
+    <w:abstractNumId w:val="32344121"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24456,51 +24456,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292445773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId117444645" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId686969ac787badc5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId268969ac787badcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId306969ac787badeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId314269ac787bb0cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId745869ac787bb355d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId802969ac787bb36c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId224969ac787badda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId224969ac787badda1.jpg"/><Relationship Id="rId936769ac787baf119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId936769ac787baf119.jpg"/><Relationship Id="rId891769ac787bb372f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId891769ac787bb372f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId577449696" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId950726411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId992269c72a17491d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/" TargetMode="External"/><Relationship Id="rId147069c72a1749240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/categorization" TargetMode="External"/><Relationship Id="rId562469c72a1749451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BNYVV0/photos" TargetMode="External"/><Relationship Id="rId682069c72a174b821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-662-10376-0_4" TargetMode="External"/><Relationship Id="rId128869c72a174dd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId229669c72a174de73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00410.x" TargetMode="External"/><Relationship Id="rId755269c72a1749310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId755269c72a1749310.jpg"/><Relationship Id="rId994969c72a1749da3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994969c72a1749da3.jpg"/><Relationship Id="rId713169c72a174e26d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId713169c72a174e26d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>