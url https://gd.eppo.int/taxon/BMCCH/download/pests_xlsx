--- v0 (2025-10-10)
+++ v1 (2026-02-10)
@@ -12,95 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BMCCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>GRAGLE</t>
   </si>
   <si>
     <t>Naupactus leucoloma (as Iris)</t>
   </si>
   <si>
     <t>* Chadwick CF (1965) Checklist of the Brachyderinae (Col. Curculionidae) occurring in Australia. Journal of the Entomological Society of Australia (NSW) 2, 21-34.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Iris)</t>
   </si>
   <si>
     <t>* Ferguson DC (1978) Noctuoidea, Lymantriidae. In: Dominick RB et al., eds. The moths of America north of Mexico (including Greenland), Vol. 22.2. London, UK: E.W. Classey.
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Chung BN, Yoon JY, Cho IS (2021) First report of Tomato Spotted Wilt Virus on Iris domestica in South Korea. Research in Plant Disease 27(1), 32-37.
 ------- Confirmed host.</t>
+  </si>
+  <si>
+    <t>TZSV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus tomatozonae</t>
+  </si>
+  <si>
+    <t>* Zhang B, Xu Y, Zhang L, Ji P, Dong J (2024) First Rreport of Tomato Zonate Spot Virus infecting Belamcanda chinensis in China. Plant Disease. 108(10), 3205. https://doi.org/10.1094/PDIS-06-24-1234-PDN</t>
   </si>
   <si>
     <t>THRISE</t>
   </si>
   <si>
     <t>Thrips setosus (as Iris)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -410,51 +419,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="300.784" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -490,51 +499,65 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>