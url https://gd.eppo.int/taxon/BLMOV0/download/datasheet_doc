--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId984368dce7692e00b" w:history="1">
+            <w:hyperlink r:id="rId648168f85a9fa0118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113768dce7692e081" w:history="1">
+            <w:hyperlink r:id="rId704368f85a9fa0184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27826639" name="name901268dce7692e681" descr="18312.jpg"/>
+                  <wp:docPr id="66391618" name="name652568f85a9fa0283" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId557568dce7692e67f" cstate="print"/>
+                          <a:blip r:embed="rId309168f85a9fa0282" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId796868dce7692e7b1" w:history="1">
+            <w:hyperlink r:id="rId306668f85a9fa03bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1170,63 +1170,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63697373" name="name329268dce7692f9ff" descr="BLMOV0_distribution_map.jpg"/>
+            <wp:docPr id="75166117" name="name315268f85a9fa1770" descr="BLMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BLMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId531768dce7692f9fd" cstate="print"/>
+                    <a:blip r:embed="rId515068f85a9fa176e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398468dce7693039d" w:history="1">
+      <w:hyperlink r:id="rId327468f85a9fa209f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2849,51 +2849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960468dce769306c0" w:history="1">
+      <w:hyperlink r:id="rId374668f85a9fa23d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3015,51 +3015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788668dce769307d5" w:history="1">
+      <w:hyperlink r:id="rId793968f85a9fa24eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3085,51 +3085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId574868dce7693084a" w:history="1">
+      <w:hyperlink r:id="rId904968f85a9fa255d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173968dce769308bd" w:history="1">
+      <w:hyperlink r:id="rId222568f85a9fa25d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,90 +3455,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519068dce76930aae" w:history="1">
+      <w:hyperlink r:id="rId817268f85a9fa27bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992268dce76930af0" w:history="1">
+      <w:hyperlink r:id="rId507768f85a9fa27ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3584,51 +3584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633468dce76930b81" w:history="1">
+      <w:hyperlink r:id="rId935168f85a9fa2890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3694,51 +3694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId967468dce76930c3a" w:history="1">
+      <w:hyperlink r:id="rId669768f85a9fa2946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3813,63 +3813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56434702" name="name229568dce76930d6f" descr="eu_funding_250.png"/>
+            <wp:docPr id="83499628" name="name726968f85a9fa2a40" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId747668dce76930d6e" cstate="print"/>
+                    <a:blip r:embed="rId944368f85a9fa2a3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3967,137 +3967,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64863896">
+  <w:abstractNum w:abstractNumId="50526108">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86001080">
+    <w:lvl w:ilvl="0" w:tplc="15324092">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86001080" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15324092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64863895">
+  <w:abstractNum w:abstractNumId="50526107">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52927573">
+    <w:lvl w:ilvl="0" w:tplc="59726621">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4849,55 +4849,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64863895">
-    <w:abstractNumId w:val="64863895"/>
+  <w:num w:numId="50526107">
+    <w:abstractNumId w:val="50526107"/>
   </w:num>
-  <w:num w:numId="64863896">
-    <w:abstractNumId w:val="64863896"/>
+  <w:num w:numId="50526108">
+    <w:abstractNumId w:val="50526108"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16447,51 +16447,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId734627294" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId637163683" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId984368dce7692e00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId113768dce7692e081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId796868dce7692e7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId398468dce7693039d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId960468dce769306c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId788668dce769307d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId574868dce7693084a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId173968dce769308bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId519068dce76930aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId992268dce76930af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId633468dce76930b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId967468dce76930c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId557568dce7692e67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId557568dce7692e67f.jpg"/><Relationship Id="rId531768dce7692f9fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId531768dce7692f9fd.jpg"/><Relationship Id="rId747668dce76930d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId747668dce76930d6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894063505" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId681197043" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId648168f85a9fa0118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId704368f85a9fa0184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId306668f85a9fa03bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId327468f85a9fa209f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId374668f85a9fa23d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId793968f85a9fa24eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId904968f85a9fa255d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId222568f85a9fa25d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId817268f85a9fa27bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId507768f85a9fa27ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId935168f85a9fa2890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId669768f85a9fa2946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId309168f85a9fa0282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId309168f85a9fa0282.jpg"/><Relationship Id="rId515068f85a9fa176e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId515068f85a9fa176e.jpg"/><Relationship Id="rId944368f85a9fa2a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId944368f85a9fa2a3f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>