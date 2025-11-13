--- v1 (2025-10-22)
+++ v2 (2025-11-13)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId648168f85a9fa0118" w:history="1">
+            <w:hyperlink r:id="rId4863691575daed5ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId704368f85a9fa0184" w:history="1">
+            <w:hyperlink r:id="rId7471691575daed672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66391618" name="name652568f85a9fa0283" descr="18312.jpg"/>
+                  <wp:docPr id="53787766" name="name6335691575daed72e" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId309168f85a9fa0282" cstate="print"/>
+                          <a:blip r:embed="rId7425691575daed72d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId306668f85a9fa03bc" w:history="1">
+            <w:hyperlink r:id="rId1847691575daed825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1170,63 +1170,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75166117" name="name315268f85a9fa1770" descr="BLMOV0_distribution_map.jpg"/>
+            <wp:docPr id="39081890" name="name4653691575daee95a" descr="BLMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BLMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId515068f85a9fa176e" cstate="print"/>
+                    <a:blip r:embed="rId2736691575daee957" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327468f85a9fa209f" w:history="1">
+      <w:hyperlink r:id="rId1382691575daef271" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2849,51 +2849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374668f85a9fa23d9" w:history="1">
+      <w:hyperlink r:id="rId1688691575daef59b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3015,51 +3015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793968f85a9fa24eb" w:history="1">
+      <w:hyperlink r:id="rId5388691575daef7b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3085,51 +3085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904968f85a9fa255d" w:history="1">
+      <w:hyperlink r:id="rId9250691575daef828" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222568f85a9fa25d0" w:history="1">
+      <w:hyperlink r:id="rId6600691575daef89a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,90 +3455,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817268f85a9fa27bf" w:history="1">
+      <w:hyperlink r:id="rId2031691575daefada" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507768f85a9fa27ff" w:history="1">
+      <w:hyperlink r:id="rId5957691575daefb1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3584,51 +3584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId935168f85a9fa2890" w:history="1">
+      <w:hyperlink r:id="rId8127691575daefbad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3694,51 +3694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669768f85a9fa2946" w:history="1">
+      <w:hyperlink r:id="rId1401691575daefc8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3813,63 +3813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83499628" name="name726968f85a9fa2a40" descr="eu_funding_250.png"/>
+            <wp:docPr id="45015981" name="name4242691575daefdb7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId944368f85a9fa2a3f" cstate="print"/>
+                    <a:blip r:embed="rId7923691575daefdb6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3967,137 +3967,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50526108">
+  <w:abstractNum w:abstractNumId="13526880">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15324092">
+    <w:lvl w:ilvl="0" w:tplc="72928505">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15324092" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72928505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50526107">
+  <w:abstractNum w:abstractNumId="13526879">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59726621">
+    <w:lvl w:ilvl="0" w:tplc="34026183">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4849,55 +4849,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50526107">
-    <w:abstractNumId w:val="50526107"/>
+  <w:num w:numId="13526879">
+    <w:abstractNumId w:val="13526879"/>
   </w:num>
-  <w:num w:numId="50526108">
-    <w:abstractNumId w:val="50526108"/>
+  <w:num w:numId="13526880">
+    <w:abstractNumId w:val="13526880"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16447,51 +16447,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894063505" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId681197043" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId648168f85a9fa0118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId704368f85a9fa0184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId306668f85a9fa03bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId327468f85a9fa209f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId374668f85a9fa23d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId793968f85a9fa24eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId904968f85a9fa255d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId222568f85a9fa25d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId817268f85a9fa27bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId507768f85a9fa27ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId935168f85a9fa2890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId669768f85a9fa2946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId309168f85a9fa0282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId309168f85a9fa0282.jpg"/><Relationship Id="rId515068f85a9fa176e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId515068f85a9fa176e.jpg"/><Relationship Id="rId944368f85a9fa2a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId944368f85a9fa2a3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId556894335" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291141183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4863691575daed5ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId7471691575daed672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId1847691575daed825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId1382691575daef271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId1688691575daef59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId5388691575daef7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId9250691575daef828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId6600691575daef89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId2031691575daefada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId5957691575daefb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId8127691575daefbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId1401691575daefc8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7425691575daed72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7425691575daed72d.jpg"/><Relationship Id="rId2736691575daee957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2736691575daee957.jpg"/><Relationship Id="rId7923691575daefdb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7923691575daefdb6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>