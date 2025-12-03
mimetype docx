--- v2 (2025-11-13)
+++ v3 (2025-12-03)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4863691575daed5ff" w:history="1">
+            <w:hyperlink r:id="rId4353693093d5b7566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7471691575daed672" w:history="1">
+            <w:hyperlink r:id="rId7696693093d5b75cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53787766" name="name6335691575daed72e" descr="18312.jpg"/>
+                  <wp:docPr id="7954618" name="name8585693093d5b7681" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7425691575daed72d" cstate="print"/>
+                          <a:blip r:embed="rId9586693093d5b7680" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1847691575daed825" w:history="1">
+            <w:hyperlink r:id="rId1353693093d5b7c2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1170,63 +1170,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39081890" name="name4653691575daee95a" descr="BLMOV0_distribution_map.jpg"/>
+            <wp:docPr id="69440339" name="name7078693093d5b8fc0" descr="BLMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BLMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2736691575daee957" cstate="print"/>
+                    <a:blip r:embed="rId7874693093d5b8fbd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1382691575daef271" w:history="1">
+      <w:hyperlink r:id="rId8644693093d5b9b0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2849,51 +2849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1688691575daef59b" w:history="1">
+      <w:hyperlink r:id="rId8971693093d5b9f92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3015,51 +3015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5388691575daef7b1" w:history="1">
+      <w:hyperlink r:id="rId9097693093d5ba0a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3085,51 +3085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9250691575daef828" w:history="1">
+      <w:hyperlink r:id="rId5723693093d5ba11d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6600691575daef89a" w:history="1">
+      <w:hyperlink r:id="rId6187693093d5ba18f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,90 +3455,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2031691575daefada" w:history="1">
+      <w:hyperlink r:id="rId7872693093d5ba3a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5957691575daefb1d" w:history="1">
+      <w:hyperlink r:id="rId9736693093d5ba3e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3584,51 +3584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8127691575daefbad" w:history="1">
+      <w:hyperlink r:id="rId7442693093d5ba476" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3694,51 +3694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1401691575daefc8b" w:history="1">
+      <w:hyperlink r:id="rId2239693093d5ba530" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3813,63 +3813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45015981" name="name4242691575daefdb7" descr="eu_funding_250.png"/>
+            <wp:docPr id="48661659" name="name7700693093d5ba62c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7923691575daefdb6" cstate="print"/>
+                    <a:blip r:embed="rId9795693093d5ba62b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3967,137 +3967,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13526880">
+  <w:abstractNum w:abstractNumId="22636584">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72928505">
+    <w:lvl w:ilvl="0" w:tplc="78734317">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72928505" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78734317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13526879">
+  <w:abstractNum w:abstractNumId="22636583">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34026183">
+    <w:lvl w:ilvl="0" w:tplc="72008565">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4849,55 +4849,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13526879">
-    <w:abstractNumId w:val="13526879"/>
+  <w:num w:numId="22636583">
+    <w:abstractNumId w:val="22636583"/>
   </w:num>
-  <w:num w:numId="13526880">
-    <w:abstractNumId w:val="13526880"/>
+  <w:num w:numId="22636584">
+    <w:abstractNumId w:val="22636584"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16447,51 +16447,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId556894335" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291141183" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4863691575daed5ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId7471691575daed672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId1847691575daed825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId1382691575daef271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId1688691575daef59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId5388691575daef7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId9250691575daef828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId6600691575daef89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId2031691575daefada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId5957691575daefb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId8127691575daefbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId1401691575daefc8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7425691575daed72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7425691575daed72d.jpg"/><Relationship Id="rId2736691575daee957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2736691575daee957.jpg"/><Relationship Id="rId7923691575daefdb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7923691575daefdb6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId429914339" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354692207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4353693093d5b7566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId7696693093d5b75cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId1353693093d5b7c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId8644693093d5b9b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId8971693093d5b9f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId9097693093d5ba0a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId5723693093d5ba11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId6187693093d5ba18f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId7872693093d5ba3a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId9736693093d5ba3e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId7442693093d5ba476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId2239693093d5ba530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9586693093d5b7680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9586693093d5b7680.jpg"/><Relationship Id="rId7874693093d5b8fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7874693093d5b8fbd.jpg"/><Relationship Id="rId9795693093d5ba62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9795693093d5ba62b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>