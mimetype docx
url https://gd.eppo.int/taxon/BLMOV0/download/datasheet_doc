--- v3 (2025-12-03)
+++ v4 (2025-12-26)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4353693093d5b7566" w:history="1">
+            <w:hyperlink r:id="rId9006694e757ecc118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7696693093d5b75cf" w:history="1">
+            <w:hyperlink r:id="rId9587694e757ecc18d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7954618" name="name8585693093d5b7681" descr="18312.jpg"/>
+                  <wp:docPr id="44267966" name="name8367694e757ecc254" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9586693093d5b7680" cstate="print"/>
+                          <a:blip r:embed="rId1662694e757ecc253" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1353693093d5b7c2d" w:history="1">
+            <w:hyperlink r:id="rId1497694e757ecc374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1170,63 +1170,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69440339" name="name7078693093d5b8fc0" descr="BLMOV0_distribution_map.jpg"/>
+            <wp:docPr id="14614627" name="name1151694e757ecd5ec" descr="BLMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BLMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7874693093d5b8fbd" cstate="print"/>
+                    <a:blip r:embed="rId3298694e757ecd5e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8644693093d5b9b0f" w:history="1">
+      <w:hyperlink r:id="rId2705694e757ecdf0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2849,51 +2849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8971693093d5b9f92" w:history="1">
+      <w:hyperlink r:id="rId3575694e757ece23c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3015,51 +3015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9097693093d5ba0a8" w:history="1">
+      <w:hyperlink r:id="rId9983694e757ece359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3085,51 +3085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5723693093d5ba11d" w:history="1">
+      <w:hyperlink r:id="rId5700694e757ece3ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6187693093d5ba18f" w:history="1">
+      <w:hyperlink r:id="rId7141694e757ece441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,90 +3455,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7872693093d5ba3a5" w:history="1">
+      <w:hyperlink r:id="rId3875694e757ece630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9736693093d5ba3e7" w:history="1">
+      <w:hyperlink r:id="rId1689694e757ece670" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3584,51 +3584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7442693093d5ba476" w:history="1">
+      <w:hyperlink r:id="rId9810694e757ece701" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3694,51 +3694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2239693093d5ba530" w:history="1">
+      <w:hyperlink r:id="rId7517694e757ece7b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3813,63 +3813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48661659" name="name7700693093d5ba62c" descr="eu_funding_250.png"/>
+            <wp:docPr id="28168910" name="name9972694e757ece8df" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9795693093d5ba62b" cstate="print"/>
+                    <a:blip r:embed="rId3956694e757ece8de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3967,137 +3967,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22636584">
+  <w:abstractNum w:abstractNumId="14975880">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78734317">
+    <w:lvl w:ilvl="0" w:tplc="80378572">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78734317" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80378572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22636583">
+  <w:abstractNum w:abstractNumId="14975879">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72008565">
+    <w:lvl w:ilvl="0" w:tplc="20695398">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4849,55 +4849,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22636583">
-    <w:abstractNumId w:val="22636583"/>
+  <w:num w:numId="14975879">
+    <w:abstractNumId w:val="14975879"/>
   </w:num>
-  <w:num w:numId="22636584">
-    <w:abstractNumId w:val="22636584"/>
+  <w:num w:numId="14975880">
+    <w:abstractNumId w:val="14975880"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16447,51 +16447,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId429914339" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354692207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4353693093d5b7566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId7696693093d5b75cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId1353693093d5b7c2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId8644693093d5b9b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId8971693093d5b9f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId9097693093d5ba0a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId5723693093d5ba11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId6187693093d5ba18f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId7872693093d5ba3a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId9736693093d5ba3e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId7442693093d5ba476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId2239693093d5ba530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9586693093d5b7680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9586693093d5b7680.jpg"/><Relationship Id="rId7874693093d5b8fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7874693093d5b8fbd.jpg"/><Relationship Id="rId9795693093d5ba62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9795693093d5ba62b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292666673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781073741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9006694e757ecc118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId9587694e757ecc18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId1497694e757ecc374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId2705694e757ecdf0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId3575694e757ece23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId9983694e757ece359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId5700694e757ece3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId7141694e757ece441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId3875694e757ece630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId1689694e757ece670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId9810694e757ece701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId7517694e757ece7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1662694e757ecc253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1662694e757ecc253.jpg"/><Relationship Id="rId3298694e757ecd5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3298694e757ecd5e9.jpg"/><Relationship Id="rId3956694e757ece8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3956694e757ece8de.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>