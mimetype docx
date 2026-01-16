--- v4 (2025-12-26)
+++ v5 (2026-01-16)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9006694e757ecc118" w:history="1">
+            <w:hyperlink r:id="rId7090696a5c27a4c99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9587694e757ecc18d" w:history="1">
+            <w:hyperlink r:id="rId6223696a5c27a4d02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44267966" name="name8367694e757ecc254" descr="18312.jpg"/>
+                  <wp:docPr id="59808408" name="name5024696a5c27a535b" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1662694e757ecc253" cstate="print"/>
+                          <a:blip r:embed="rId1002696a5c27a5359" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1497694e757ecc374" w:history="1">
+            <w:hyperlink r:id="rId2087696a5c27a547e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1170,63 +1170,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14614627" name="name1151694e757ecd5ec" descr="BLMOV0_distribution_map.jpg"/>
+            <wp:docPr id="41506012" name="name6280696a5c27a64cc" descr="BLMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BLMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3298694e757ecd5e9" cstate="print"/>
+                    <a:blip r:embed="rId3960696a5c27a64c9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2705694e757ecdf0b" w:history="1">
+      <w:hyperlink r:id="rId4819696a5c27a6e00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2849,51 +2849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3575694e757ece23c" w:history="1">
+      <w:hyperlink r:id="rId5813696a5c27a711b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3015,51 +3015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9983694e757ece359" w:history="1">
+      <w:hyperlink r:id="rId3649696a5c27a7227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3085,51 +3085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5700694e757ece3ce" w:history="1">
+      <w:hyperlink r:id="rId4870696a5c27a729f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7141694e757ece441" w:history="1">
+      <w:hyperlink r:id="rId8668696a5c27a7312" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,90 +3455,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3875694e757ece630" w:history="1">
+      <w:hyperlink r:id="rId1256696a5c27a74fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1689694e757ece670" w:history="1">
+      <w:hyperlink r:id="rId5498696a5c27a7539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3584,51 +3584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9810694e757ece701" w:history="1">
+      <w:hyperlink r:id="rId7964696a5c27a75c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3672,73 +3672,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7517694e757ece7b9" w:history="1">
+      <w:hyperlink r:id="rId4128696a5c27a767c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3813,63 +3813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28168910" name="name9972694e757ece8df" descr="eu_funding_250.png"/>
+            <wp:docPr id="55634548" name="name4171696a5c27a79fa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3956694e757ece8de" cstate="print"/>
+                    <a:blip r:embed="rId7073696a5c27a79f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3967,137 +3967,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14975880">
+  <w:abstractNum w:abstractNumId="28274501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80378572">
+    <w:lvl w:ilvl="0" w:tplc="66656299">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80378572" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66656299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14975879">
+  <w:abstractNum w:abstractNumId="28274500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20695398">
+    <w:lvl w:ilvl="0" w:tplc="40031332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4849,55 +4849,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14975879">
-    <w:abstractNumId w:val="14975879"/>
+  <w:num w:numId="28274500">
+    <w:abstractNumId w:val="28274500"/>
   </w:num>
-  <w:num w:numId="14975880">
-    <w:abstractNumId w:val="14975880"/>
+  <w:num w:numId="28274501">
+    <w:abstractNumId w:val="28274501"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16447,51 +16447,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292666673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781073741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9006694e757ecc118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId9587694e757ecc18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId1497694e757ecc374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId2705694e757ecdf0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId3575694e757ece23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId9983694e757ece359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId5700694e757ece3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId7141694e757ece441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId3875694e757ece630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId1689694e757ece670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId9810694e757ece701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId7517694e757ece7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1662694e757ecc253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1662694e757ecc253.jpg"/><Relationship Id="rId3298694e757ecd5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3298694e757ecd5e9.jpg"/><Relationship Id="rId3956694e757ece8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3956694e757ece8de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId585532348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId901703572" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7090696a5c27a4c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId6223696a5c27a4d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId2087696a5c27a547e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId4819696a5c27a6e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId5813696a5c27a711b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId3649696a5c27a7227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId4870696a5c27a729f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId8668696a5c27a7312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId1256696a5c27a74fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId5498696a5c27a7539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId7964696a5c27a75c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId4128696a5c27a767c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1002696a5c27a5359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1002696a5c27a5359.jpg"/><Relationship Id="rId3960696a5c27a64c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3960696a5c27a64c9.jpg"/><Relationship Id="rId7073696a5c27a79f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7073696a5c27a79f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>