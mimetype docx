--- v5 (2026-01-16)
+++ v6 (2026-02-06)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7090696a5c27a4c99" w:history="1">
+            <w:hyperlink r:id="rId1773698549b0e1570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -316,53 +316,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6223696a5c27a4d02" w:history="1">
+            <w:hyperlink r:id="rId1230698549b0e15d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59808408" name="name5024696a5c27a535b" descr="18312.jpg"/>
+                  <wp:docPr id="25728899" name="name8949698549b0e1c79" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1002696a5c27a5359" cstate="print"/>
+                          <a:blip r:embed="rId9361698549b0e1c77" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2087696a5c27a547e" w:history="1">
+            <w:hyperlink r:id="rId5181698549b0e1da5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1165,100 +1165,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2016) and DAS-ELISA (Martin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> France (mainland), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2373,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4819696a5c27a6e00" w:history="1">
+      <w:hyperlink r:id="rId3766698549b0e2d41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2849,51 +2817,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5813696a5c27a711b" w:history="1">
+      <w:hyperlink r:id="rId9421698549b0e3067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3015,51 +2983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3649696a5c27a7227" w:history="1">
+      <w:hyperlink r:id="rId2604698549b0e3176" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3085,51 +3053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4870696a5c27a729f" w:history="1">
+      <w:hyperlink r:id="rId1599698549b0e31e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3155,51 +3123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8668696a5c27a7312" w:history="1">
+      <w:hyperlink r:id="rId3460698549b0e325a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,90 +3423,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1256696a5c27a74fa" w:history="1">
+      <w:hyperlink r:id="rId9097698549b0e3441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5498696a5c27a7539" w:history="1">
+      <w:hyperlink r:id="rId8826698549b0e3480" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3584,51 +3552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7964696a5c27a75c7" w:history="1">
+      <w:hyperlink r:id="rId9469698549b0e350f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3694,51 +3662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4128696a5c27a767c" w:history="1">
+      <w:hyperlink r:id="rId8433698549b0e35c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3813,63 +3781,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55634548" name="name4171696a5c27a79fa" descr="eu_funding_250.png"/>
+            <wp:docPr id="87580074" name="name8952698549b0e36db" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7073696a5c27a79f8" cstate="print"/>
+                    <a:blip r:embed="rId2106698549b0e36d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3967,137 +3935,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28274501">
+  <w:abstractNum w:abstractNumId="16353262">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66656299">
+    <w:lvl w:ilvl="0" w:tplc="54819662">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66656299" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54819662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28274500">
+  <w:abstractNum w:abstractNumId="16353261">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40031332">
+    <w:lvl w:ilvl="0" w:tplc="77954123">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4849,55 +4817,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28274500">
-    <w:abstractNumId w:val="28274500"/>
+  <w:num w:numId="16353261">
+    <w:abstractNumId w:val="16353261"/>
   </w:num>
-  <w:num w:numId="28274501">
-    <w:abstractNumId w:val="28274501"/>
+  <w:num w:numId="16353262">
+    <w:abstractNumId w:val="16353262"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16447,51 +16415,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId585532348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId901703572" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7090696a5c27a4c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId6223696a5c27a4d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId2087696a5c27a547e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId4819696a5c27a6e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId5813696a5c27a711b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId3649696a5c27a7227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId4870696a5c27a729f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId8668696a5c27a7312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId1256696a5c27a74fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId5498696a5c27a7539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId7964696a5c27a75c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId4128696a5c27a767c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1002696a5c27a5359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1002696a5c27a5359.jpg"/><Relationship Id="rId3960696a5c27a64c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3960696a5c27a64c9.jpg"/><Relationship Id="rId7073696a5c27a79f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7073696a5c27a79f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254050917" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685657910" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1773698549b0e1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId1230698549b0e15d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId5181698549b0e1da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId3766698549b0e2d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId9421698549b0e3067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId2604698549b0e3176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId1599698549b0e31e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId3460698549b0e325a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId9097698549b0e3441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId8826698549b0e3480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId9469698549b0e350f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId8433698549b0e35c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9361698549b0e1c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9361698549b0e1c77.jpg"/><Relationship Id="rId2106698549b0e36d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2106698549b0e36d9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>