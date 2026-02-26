--- v6 (2026-02-06)
+++ v7 (2026-02-26)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1773698549b0e1570" w:history="1">
+            <w:hyperlink r:id="rId3096699fea2da40bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1230698549b0e15d9" w:history="1">
+            <w:hyperlink r:id="rId9828699fea2da4135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25728899" name="name8949698549b0e1c79" descr="18312.jpg"/>
+                  <wp:docPr id="47865211" name="name3864699fea2da4840" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9361698549b0e1c77" cstate="print"/>
+                          <a:blip r:embed="rId9175699fea2da483e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5181698549b0e1da5" w:history="1">
+            <w:hyperlink r:id="rId4724699fea2da4995" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1165,68 +1165,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2016) and DAS-ELISA (Martin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="13372041" name="name9417699fea2da5c3b" descr="BLMOV0_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="BLMOV0_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9059699fea2da5c39" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> France (mainland), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2341,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3766698549b0e2d41" w:history="1">
+      <w:hyperlink r:id="rId7834699fea2da657b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2817,51 +2849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9421698549b0e3067" w:history="1">
+      <w:hyperlink r:id="rId4968699fea2da687b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2983,51 +3015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2604698549b0e3176" w:history="1">
+      <w:hyperlink r:id="rId3719699fea2da6988" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3053,51 +3085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1599698549b0e31e8" w:history="1">
+      <w:hyperlink r:id="rId6547699fea2da69fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3123,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3460698549b0e325a" w:history="1">
+      <w:hyperlink r:id="rId7770699fea2da6a6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3423,90 +3455,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9097698549b0e3441" w:history="1">
+      <w:hyperlink r:id="rId6138699fea2da6c50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8826698549b0e3480" w:history="1">
+      <w:hyperlink r:id="rId4048699fea2da6c90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3552,51 +3584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9469698549b0e350f" w:history="1">
+      <w:hyperlink r:id="rId3753699fea2da6d1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3662,51 +3694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8433698549b0e35c4" w:history="1">
+      <w:hyperlink r:id="rId1443699fea2da6dd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3781,63 +3813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87580074" name="name8952698549b0e36db" descr="eu_funding_250.png"/>
+            <wp:docPr id="18234971" name="name8458699fea2da7040" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2106698549b0e36d9" cstate="print"/>
+                    <a:blip r:embed="rId5332699fea2da703e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3935,137 +3967,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16353262">
+  <w:abstractNum w:abstractNumId="43383682">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54819662">
+    <w:lvl w:ilvl="0" w:tplc="28990827">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54819662" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28990827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16353261">
+  <w:abstractNum w:abstractNumId="43383681">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77954123">
+    <w:lvl w:ilvl="0" w:tplc="84189091">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4817,55 +4849,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16353261">
-    <w:abstractNumId w:val="16353261"/>
+  <w:num w:numId="43383681">
+    <w:abstractNumId w:val="43383681"/>
   </w:num>
-  <w:num w:numId="16353262">
-    <w:abstractNumId w:val="16353262"/>
+  <w:num w:numId="43383682">
+    <w:abstractNumId w:val="43383682"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16415,51 +16447,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254050917" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685657910" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1773698549b0e1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId1230698549b0e15d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId5181698549b0e1da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId3766698549b0e2d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId9421698549b0e3067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId2604698549b0e3176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId1599698549b0e31e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId3460698549b0e325a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId9097698549b0e3441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId8826698549b0e3480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId9469698549b0e350f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId8433698549b0e35c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9361698549b0e1c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9361698549b0e1c77.jpg"/><Relationship Id="rId2106698549b0e36d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2106698549b0e36d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId622941572" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId973642215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3096699fea2da40bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId9828699fea2da4135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId4724699fea2da4995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId7834699fea2da657b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId4968699fea2da687b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId3719699fea2da6988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId6547699fea2da69fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId7770699fea2da6a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId6138699fea2da6c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId4048699fea2da6c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId3753699fea2da6d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId1443699fea2da6dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9175699fea2da483e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9175699fea2da483e.jpg"/><Relationship Id="rId9059699fea2da5c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9059699fea2da5c39.jpg"/><Relationship Id="rId5332699fea2da703e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5332699fea2da703e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>