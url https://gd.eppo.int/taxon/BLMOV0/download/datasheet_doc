--- v7 (2026-02-26)
+++ v8 (2026-03-18)
@@ -258,51 +258,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle nepovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blueberry leaf mottle virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3096699fea2da40bb" w:history="1">
+            <w:hyperlink r:id="rId501169ba96be2b78d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -318,51 +318,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9828699fea2da4135" w:history="1">
+            <w:hyperlink r:id="rId614669ba96be2b7f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -376,86 +376,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BLMOV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47865211" name="name3864699fea2da4840" descr="18312.jpg"/>
+                  <wp:docPr id="79477952" name="name824069ba96be2bdef" descr="18312.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18312.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9175699fea2da483e" cstate="print"/>
+                          <a:blip r:embed="rId475069ba96be2bdee" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4724699fea2da4995" w:history="1">
+            <w:hyperlink r:id="rId263869ba96be2bf41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1170,63 +1170,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Martin &amp; Tzanetakis 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13372041" name="name9417699fea2da5c3b" descr="BLMOV0_distribution_map.jpg"/>
+            <wp:docPr id="72783643" name="name854169ba96be2d1e8" descr="BLMOV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BLMOV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9059699fea2da5c39" cstate="print"/>
+                    <a:blip r:embed="rId674069ba96be2d1e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2373,51 +2373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 145–156. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7834699fea2da657b" w:history="1">
+      <w:hyperlink r:id="rId259869ba96be2dad2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0168-1702(94)90051-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2849,51 +2849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 875-879. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4968699fea2da687b" w:history="1">
+      <w:hyperlink r:id="rId662169ba96be2ddd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-010-0908-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3015,51 +3015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2831-2852. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3719699fea2da6988" w:history="1">
+      <w:hyperlink r:id="rId275769ba96be2def9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v4112831</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3085,51 +3085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6547699fea2da69fb" w:history="1">
+      <w:hyperlink r:id="rId369169ba96be2dfaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3155,51 +3155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 232-232. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7770699fea2da6a6b" w:history="1">
+      <w:hyperlink r:id="rId835369ba96be2e024" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-15-0517-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3455,90 +3455,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on blueberry leaf mottle virus. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6138699fea2da6c50" w:history="1">
+      <w:hyperlink r:id="rId120269ba96be2e216" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on grapevine Bulgarian latent virus CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4048699fea2da6c90" w:history="1">
+      <w:hyperlink r:id="rId224769ba96be2e256" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.26181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed in March 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3584,51 +3584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3753699fea2da6d1e" w:history="1">
+      <w:hyperlink r:id="rId379069ba96be2e2e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3694,51 +3694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus myrtilli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1443699fea2da6dd3" w:history="1">
+      <w:hyperlink r:id="rId670669ba96be2e39a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3813,63 +3813,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18234971" name="name8458699fea2da7040" descr="eu_funding_250.png"/>
+            <wp:docPr id="25816567" name="name465369ba96be2e5b9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5332699fea2da703e" cstate="print"/>
+                    <a:blip r:embed="rId283069ba96be2e5b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3967,137 +3967,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43383682">
+  <w:abstractNum w:abstractNumId="14406477">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28990827">
+    <w:lvl w:ilvl="0" w:tplc="11077048">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28990827" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11077048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43383681">
+  <w:abstractNum w:abstractNumId="14406476">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84189091">
+    <w:lvl w:ilvl="0" w:tplc="88870487">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4849,55 +4849,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43383681">
-    <w:abstractNumId w:val="43383681"/>
+  <w:num w:numId="14406476">
+    <w:abstractNumId w:val="14406476"/>
   </w:num>
-  <w:num w:numId="43383682">
-    <w:abstractNumId w:val="43383682"/>
+  <w:num w:numId="14406477">
+    <w:abstractNumId w:val="14406477"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16447,51 +16447,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId622941572" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId973642215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3096699fea2da40bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId9828699fea2da4135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId4724699fea2da4995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId7834699fea2da657b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId4968699fea2da687b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId3719699fea2da6988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId6547699fea2da69fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId7770699fea2da6a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId6138699fea2da6c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId4048699fea2da6c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId3753699fea2da6d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId1443699fea2da6dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9175699fea2da483e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9175699fea2da483e.jpg"/><Relationship Id="rId9059699fea2da5c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9059699fea2da5c39.jpg"/><Relationship Id="rId5332699fea2da703e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5332699fea2da703e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747121593" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256735576" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId501169ba96be2b78d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/" TargetMode="External"/><Relationship Id="rId614669ba96be2b7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/categorization" TargetMode="External"/><Relationship Id="rId263869ba96be2bf41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BLMOV0/photos" TargetMode="External"/><Relationship Id="rId259869ba96be2dad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0168-1702(94)90051-5" TargetMode="External"/><Relationship Id="rId662169ba96be2ddd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-010-0908-5" TargetMode="External"/><Relationship Id="rId275769ba96be2def9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v4112831" TargetMode="External"/><Relationship Id="rId369169ba96be2dfaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId835369ba96be2e024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-15-0517-PDN" TargetMode="External"/><Relationship Id="rId120269ba96be2e216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.9355" TargetMode="External"/><Relationship Id="rId224769ba96be2e256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.26181" TargetMode="External"/><Relationship Id="rId379069ba96be2e2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId670669ba96be2e39a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId475069ba96be2bdee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId475069ba96be2bdee.jpg"/><Relationship Id="rId674069ba96be2d1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674069ba96be2d1e6.jpg"/><Relationship Id="rId283069ba96be2e5b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283069ba96be2e5b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>