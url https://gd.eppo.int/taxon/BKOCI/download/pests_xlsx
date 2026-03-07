--- v0 (2025-10-16)
+++ v1 (2026-03-07)
@@ -37,51 +37,54 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652.
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Sandhu KS, Park RF (2013) Genetic basis of pathogenicity in Uredo rangelii. In: Final Report to the National Myrtle Rust Transition to Management (T2M) Program
+* Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>