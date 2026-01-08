--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Myrie WA, Harrison NA, Douglas L, Helmick E, Gore-Francis J, Oropeza C, McLaughlin WA (2014) First report of lethal yellowing disease associated with subgroup 16SrIV-A phytoplasmas in Antigua, West Indies. New Disease Reports (2014) 29, 12. http://dx.doi.org/10.5197/j.2044-0588.2014.029.012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>