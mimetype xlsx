--- v0 (2025-10-06)
+++ v1 (2026-02-20)
@@ -281,51 +281,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Mainland Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ml</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Siberia</t>
   </si>
   <si>
     <t>sb</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>