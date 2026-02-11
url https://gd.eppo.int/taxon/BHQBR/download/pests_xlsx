--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -41,51 +41,51 @@
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Bahder BW, Helmick EE (2022) Lethal Bronzing Disease (LBD). PP243. IFAS Extension. DOI: 10.32473/edis-pp163-2007</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Poghosyan A, Hernandez-Gonzalez J, Lebsky V, Oropeza C, Narvaez M, Leon de La Luz JL (2019) First report of 16SrIV palm lethal yellowing group phytoplasma (‘Candidatus Phytoplasma palmae’) in palmilla de taco (Brahea brandegeei) and palma colorada (Washingtonia robusta) in the state of Baja California Sur, Mexico. Plant Disease 103(8), 2122. https://doi.org/10.1094/PDIS-02-19-0247-PDN</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
   <si>
     <t>* Poghosyan A, Hernandez-Gonzalez J, Lebsky V, Oropeza C, Narvaez M, Leon de La Luz JL (2019) First report of 16SrIV palm lethal yellowing group phytoplasma ('Candidatus Phytoplasma palmae') in palmilla de taco (Brahea brandegeei) and palma colorada (Washingtonia robusta) in the state of Baja California Sur, Mexico. Plant Disease 103(8), p 2122.
 ------- 16SrIV-D.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>