--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -12,128 +12,156 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BGMV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
-    <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413</t>
-[...2 lines deleted...]
-    <t>Wild/Weed</t>
+    <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
+* dos Reis LdNA, Batista JG, de Oliveira MLF, de Noronha Fonseca ME, de Faria JC, Aragão FJL, Boiteux LS, Pereira-Carvalho RdC (2025) Reexamining a Host-Associated Genomic Diversity of Bean Golden Mosaic Virus (BGMV) Isolates from Phaseolus Species and Other Fabaceae Hosts. Pathogens 14(7), 697. https://doi.org/10.3390/pathogens14070697
+* Sobrinho RR, Diniz CA, Pereira HM, Lima GSA, Assunção IP, Mizubuti ESG, Duffy S, Zerbini FM (2014) Contrasting genetic structure between two begomoviruses infecting the same leguminous hosts. Journal of General Virology 95, 2540-2552.</t>
+  </si>
+  <si>
+    <t>Host</t>
+  </si>
+  <si>
+    <t>GLXMA</t>
+  </si>
+  <si>
+    <t>Glycine max</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Fernandes FR, Cruz A, Faria J, Zerbini F, Aragão FJ (2009) Three distinct begomoviruses associated with soybean in central Brazil. Archives of Virology 154, 1567-1570.
+* Rodríguez-Pardina PE, Zerbini FM, Ducasse DA (2006) Genetic diversity of begomoviruses infecting soybean, bean and associated weeds in Northwestern Argentina. Fitopatologia Brasileira 31, 342-348.
+</t>
+  </si>
+  <si>
+    <t>MKLER</t>
+  </si>
+  <si>
+    <t>Macroptilium erythroloma</t>
+  </si>
+  <si>
+    <t>* Batista JG, Pereira-Carvalho RC, Malheiros MF, Rezende DV, Reis LNA, Fonseca MEN, Boiteux LS (2020) Macroptilium
+erythroloma (Fabaceae): A natural weed host of bean golden mosaic virus in Brazil. Plant Disease 104, 3270.</t>
+  </si>
+  <si>
+    <t>PHSLY</t>
+  </si>
+  <si>
+    <t>Macroptilium lathyroides</t>
+  </si>
+  <si>
+    <t>* dos Reis LdNA, Batista JG, de Oliveira MLF, de Noronha Fonseca ME, de Faria JC, Aragão FJL, Boiteux LS, Pereira-Carvalho RdC (2025) Reexamining a Host-Associated Genomic Diversity of Bean Golden Mosaic Virus (BGMV) Isolates from Phaseolus Species and Other Fabaceae Hosts. Pathogens 14(7), 697. https://doi.org/10.3390/pathogens14070697
+-------  analysed several isolates from this plant. However, the authors stress the difficulties linked to host classification and sequence annotations for neotropical begomoviruses.
+* Sobrinho RR, Diniz CA, Pereira HM, Lima GSA, Assunção IP, Mizubuti ESG, Duffy S, Zerbini FM (2014) Contrasting genetic structure between two begomoviruses infecting the same leguminous hosts. Journal of General Virology 95, 2540-2552.</t>
+  </si>
+  <si>
+    <t>PHSLU</t>
+  </si>
+  <si>
+    <t>Phaseolus lunatus</t>
+  </si>
+  <si>
+    <t>* dos Reis LdNA, Batista JG, de Oliveira MLF, de Noronha Fonseca ME, de Faria JC, Aragão FJL, Boiteux LS, Pereira-Carvalho RdC (2025) Reexamining a Host-Associated Genomic Diversity of Bean Golden Mosaic Virus (BGMV) Isolates from Phaseolus Species and Other Fabaceae Hosts. Pathogens 14(7), 697. https://doi.org/10.3390/pathogens14070697
+------- two isolates from P. lanatus has a high sequence identity with reference isolate of BGMV. However, they stress the difficulties linked to host classification and sequence annotations for neotropical begomoviruses.
+* Sobrinho RR, Diniz CA, Pereira HM, Lima GSA, Assunção IP, Mizubuti ESG, Duffy S, Zerbini FM (2014) Contrasting genetic structure between two begomoviruses infecting the same leguminous hosts. Journal of General Virology 95, 2540-2552.</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>1CLOG</t>
+  </si>
+  <si>
+    <t>Calopogonium</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
   <si>
     <t>MAVCO</t>
   </si>
   <si>
     <t>Malvastrum coromandelianum</t>
   </si>
   <si>
-    <t>Host</t>
-[...26 lines deleted...]
-    <t>* Bracero V, Rivera LI, Beaver JS (2003) DNA analysis confirms Macroptilium lathyroides as alternative host of Bean golden yellow mosaic virus. Plant Disease, 87(9), 1022-1025.</t>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the host status does not appear to be confirmed according to the wording in the datasheet. In addition, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. 
+No more recent reference was found for this plant as host of bean golden mosaic virus, and the host is therefore considered doubtful.</t>
   </si>
   <si>
     <t>1PHSG</t>
   </si>
   <si>
     <t>Phaseolus</t>
   </si>
   <si>
-    <t>PHSLU</t>
-[...5 lines deleted...]
-    <t>* Blair MW, Bassett MJ, Abouzid AM, Hiebert E, Polston JE, McMillan RJ, Graves W, Lamberts M (1995) Occurrence of bean golden mosaic virus in Florida. Plant Disease, 79 (5), 529-533.</t>
+    <t xml:space="preserve">Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent references were found regarding Phaseolus species, except the confirmed hosts P. vulgaris and P. lunatus. </t>
   </si>
   <si>
     <t>1VIGG</t>
   </si>
   <si>
     <t>Vigna</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -451,183 +479,195 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="215.804" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="399.76" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>26</v>
+      </c>
+      <c r="D8" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>