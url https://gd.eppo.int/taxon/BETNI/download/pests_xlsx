--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BETNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- very uncertain host (records relate only to the presence of adults, and also may relate to other species in the femorata complex as it pre-dates Wellso &amp; Manley, 2007)
 * MacRae TC (1991) The Buprestidae (Coleoptera) of Missouri. Insecta Mundi, 5(2), 101–126. 
@@ -193,50 +193,56 @@
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Betula)</t>
   </si>
   <si>
     <t>* Shestibratov KA, Baranov OY, Subbotina NM, Lebedev VG, Panteleev SV, Krutovsky KV, Padutov VE (2018) Early Detection and Identification of the Main Fungal Pathogens for Resistance Evaluation of New Genotypes of Forest Trees. Forests 9, 732.
 ------- confirmed host</t>
   </si>
   <si>
     <t>THAUPR</t>
   </si>
   <si>
     <t>Thaumetopoea processionea (as Betula)</t>
   </si>
   <si>
     <t>* Stigter H, Geraedts WHJM, Spijkers HCP (1997) Thaumetopoea processionea in the Netherlands: Present status and management perspectives (Lepidoptera: Notodontidae). Proceedings of the Section Experimental and Applied Entomology of the Netherlands Entomological Society (N.E.V.) 3-16. 
 ------- Occasional larval feeding.</t>
   </si>
   <si>
     <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Betula)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Dry wood host.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 ------- Living host.</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
   <si>
     <t>Xylosandrus germanus (as Betula)</t>
   </si>
   <si>
     <t>XYLONM</t>
   </si>
   <si>
     <t>Xylotrechus namanganensis (as Betula)</t>
   </si>
   <si>
@@ -588,51 +594,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D25"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -879,109 +885,123 @@
         <v>53</v>
       </c>
       <c r="D19" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>55</v>
+      </c>
+      <c r="C21" t="s">
         <v>58</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>59</v>
       </c>
-      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
         <v>62</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>63</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B24" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D24" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B25" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25" t="s">
         <v>68</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" t="s">
+        <v>41</v>
+      </c>
+      <c r="C26" t="s">
+        <v>69</v>
+      </c>
+      <c r="D26" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">