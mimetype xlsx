--- v1 (2025-11-27)
+++ v2 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BETNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- very uncertain host (records relate only to the presence of adults, and also may relate to other species in the femorata complex as it pre-dates Wellso &amp; Manley, 2007)
 * MacRae TC (1991) The Buprestidae (Coleoptera) of Missouri. Insecta Mundi, 5(2), 101–126. 
@@ -210,50 +210,59 @@
     <t>Thaumetopoea processionea (as Betula)</t>
   </si>
   <si>
     <t>* Stigter H, Geraedts WHJM, Spijkers HCP (1997) Thaumetopoea processionea in the Netherlands: Present status and management perspectives (Lepidoptera: Notodontidae). Proceedings of the Section Experimental and Applied Entomology of the Netherlands Entomological Society (N.E.V.) 3-16. 
 ------- Occasional larval feeding.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Betula)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 ------- Dry wood host.
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 ------- Dry wood host.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 ------- Living host.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
   <si>
     <t>Xylosandrus germanus (as Betula)</t>
   </si>
   <si>
     <t>XYLONM</t>
   </si>
   <si>
     <t>Xylotrechus namanganensis (as Betula)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Betula)</t>
   </si>
   <si>
     <t>Anoplophora glabripennis</t>
   </si>
@@ -594,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -904,104 +913,118 @@
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B25" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>67</v>
+      </c>
+      <c r="B27" t="s">
         <v>41</v>
       </c>
-      <c r="C26" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="C27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">