--- v0 (2025-10-08)
+++ v1 (2026-01-05)
@@ -6618,51 +6618,51 @@
       <c r="B247" t="s">
         <v>498</v>
       </c>
       <c r="C247"/>
       <c r="D247" t="s">
         <v>499</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
         <v>459</v>
       </c>
       <c r="B248" t="s">
         <v>500</v>
       </c>
       <c r="C248"/>
       <c r="D248" t="s">
         <v>501</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
         <v>459</v>
       </c>
       <c r="B249" t="s">
         <v>502</v>
       </c>
       <c r="C249"/>
       <c r="D249" t="s">
         <v>503</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
         <v>459</v>
       </c>
       <c r="B250" t="s">
         <v>502</v>
       </c>
@@ -6994,51 +6994,51 @@
         <v>540</v>
       </c>
       <c r="D269" t="s">
         <v>537</v>
       </c>
       <c r="E269" t="s">
         <v>541</v>
       </c>
       <c r="F269" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
         <v>459</v>
       </c>
       <c r="B270" t="s">
         <v>542</v>
       </c>
       <c r="C270"/>
       <c r="D270" t="s">
         <v>543</v>
       </c>
       <c r="E270"/>
       <c r="F270" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
         <v>459</v>
       </c>
       <c r="B271" t="s">
         <v>544</v>
       </c>
       <c r="C271"/>
       <c r="D271" t="s">
         <v>545</v>
       </c>
       <c r="E271"/>
       <c r="F271" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
         <v>459</v>
       </c>
       <c r="B272" t="s">
         <v>546</v>
       </c>