--- v1 (2026-01-05)
+++ v2 (2026-02-16)
@@ -1589,51 +1589,51 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>