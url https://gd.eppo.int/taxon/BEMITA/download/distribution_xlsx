--- v2 (2026-02-16)
+++ v3 (2026-03-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BEMITA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="614">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="616">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -261,50 +261,56 @@
     <t>SN</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZA</t>
+  </si>
+  <si>
+    <t>South Sudan</t>
+  </si>
+  <si>
+    <t>SS</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Tanzania, United Republic of</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TN</t>
   </si>
@@ -2201,51 +2207,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F306"/>
+  <dimension ref="A1:F307"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2826,4838 +2832,4854 @@
       <c r="B37" t="s">
         <v>81</v>
       </c>
       <c r="C37"/>
       <c r="D37" t="s">
         <v>82</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>83</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>84</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>86</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40"/>
       <c r="D40" t="s">
         <v>88</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>90</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>92</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>93</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>94</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>6</v>
+      </c>
+      <c r="B44" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B45" t="s">
         <v>98</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
         <v>99</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>100</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
         <v>101</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>102</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
         <v>103</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B48" t="s">
         <v>104</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>105</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B49" t="s">
         <v>106</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>107</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B50" t="s">
         <v>108</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>109</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B51" t="s">
         <v>110</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>111</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B52" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="C52" t="s">
         <v>112</v>
       </c>
+      <c r="C52"/>
       <c r="D52" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="E52" t="s">
         <v>113</v>
       </c>
+      <c r="E52"/>
       <c r="F52" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C53" t="s">
         <v>114</v>
       </c>
       <c r="D53" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E53" t="s">
         <v>115</v>
       </c>
       <c r="F53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B54" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C54" t="s">
         <v>116</v>
       </c>
       <c r="D54" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E54" t="s">
         <v>117</v>
       </c>
       <c r="F54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B55" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C55" t="s">
         <v>118</v>
       </c>
       <c r="D55" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E55" t="s">
         <v>119</v>
       </c>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B56" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C56" t="s">
         <v>120</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E56" t="s">
         <v>121</v>
       </c>
       <c r="F56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B57" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C57" t="s">
         <v>122</v>
       </c>
       <c r="D57" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
         <v>123</v>
       </c>
       <c r="F57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B58" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>124</v>
       </c>
       <c r="D58" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
         <v>125</v>
       </c>
       <c r="F58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B59" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C59" t="s">
         <v>126</v>
       </c>
       <c r="D59" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E59" t="s">
         <v>127</v>
       </c>
       <c r="F59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B60" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C60" t="s">
         <v>128</v>
       </c>
       <c r="D60" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E60" t="s">
         <v>129</v>
       </c>
       <c r="F60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B61" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C61" t="s">
         <v>130</v>
       </c>
       <c r="D61" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E61" t="s">
         <v>131</v>
       </c>
       <c r="F61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B62" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C62" t="s">
         <v>132</v>
       </c>
       <c r="D62" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E62" t="s">
         <v>133</v>
       </c>
       <c r="F62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B63" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C63" t="s">
         <v>134</v>
       </c>
       <c r="D63" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E63" t="s">
         <v>135</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B64" t="s">
+        <v>112</v>
+      </c>
+      <c r="C64" t="s">
         <v>136</v>
       </c>
-      <c r="C64"/>
       <c r="D64" t="s">
+        <v>113</v>
+      </c>
+      <c r="E64" t="s">
         <v>137</v>
       </c>
-      <c r="E64"/>
       <c r="F64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B65" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="C65" t="s">
         <v>138</v>
       </c>
+      <c r="C65"/>
       <c r="D65" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="E65" t="s">
         <v>139</v>
       </c>
+      <c r="E65"/>
       <c r="F65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C66" t="s">
         <v>140</v>
       </c>
       <c r="D66" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E66" t="s">
         <v>141</v>
       </c>
       <c r="F66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B67" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C67" t="s">
         <v>142</v>
       </c>
       <c r="D67" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E67" t="s">
         <v>143</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B68" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C68" t="s">
         <v>144</v>
       </c>
       <c r="D68" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E68" t="s">
         <v>145</v>
       </c>
       <c r="F68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B69" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C69" t="s">
         <v>146</v>
       </c>
       <c r="D69" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E69" t="s">
         <v>147</v>
       </c>
       <c r="F69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B70" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C70" t="s">
         <v>148</v>
       </c>
       <c r="D70" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E70" t="s">
         <v>149</v>
       </c>
       <c r="F70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B71" t="s">
+        <v>138</v>
+      </c>
+      <c r="C71" t="s">
         <v>150</v>
       </c>
-      <c r="C71"/>
       <c r="D71" t="s">
+        <v>139</v>
+      </c>
+      <c r="E71" t="s">
         <v>151</v>
       </c>
-      <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B72" t="s">
         <v>152</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>153</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B73" t="s">
         <v>154</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>155</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B74" t="s">
         <v>156</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
         <v>157</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B75" t="s">
         <v>158</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>159</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B76" t="s">
         <v>160</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>161</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B77" t="s">
         <v>162</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>163</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B78" t="s">
         <v>164</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
         <v>165</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B79" t="s">
         <v>166</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>167</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B80" t="s">
         <v>168</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>169</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B81" t="s">
         <v>170</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>171</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B82" t="s">
         <v>172</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>173</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B83" t="s">
         <v>174</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>175</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B84" t="s">
         <v>176</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>177</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B85" t="s">
         <v>178</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
         <v>179</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B86" t="s">
         <v>180</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>181</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B87" t="s">
         <v>182</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
         <v>183</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B88" t="s">
         <v>184</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
         <v>185</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B89" t="s">
         <v>186</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>187</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B90" t="s">
         <v>188</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
         <v>189</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B91" t="s">
         <v>190</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
         <v>191</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B92" t="s">
         <v>192</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>193</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B93" t="s">
         <v>194</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>195</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B94" t="s">
         <v>196</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>197</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B95" t="s">
         <v>198</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
         <v>199</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B96" t="s">
         <v>200</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>201</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B97" t="s">
         <v>202</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
         <v>203</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>204</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>205</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B99" t="s">
         <v>206</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>207</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B100" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="C100" t="s">
         <v>208</v>
       </c>
+      <c r="C100"/>
       <c r="D100" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="E100" t="s">
         <v>209</v>
       </c>
+      <c r="E100"/>
       <c r="F100" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B101" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C101" t="s">
         <v>210</v>
       </c>
       <c r="D101" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E101" t="s">
         <v>211</v>
       </c>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B102" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C102" t="s">
         <v>212</v>
       </c>
       <c r="D102" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E102" t="s">
         <v>213</v>
       </c>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B103" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C103" t="s">
         <v>214</v>
       </c>
       <c r="D103" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E103" t="s">
         <v>215</v>
       </c>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B104" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C104" t="s">
         <v>216</v>
       </c>
       <c r="D104" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E104" t="s">
         <v>217</v>
       </c>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B105" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C105" t="s">
         <v>218</v>
       </c>
       <c r="D105" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E105" t="s">
         <v>219</v>
       </c>
       <c r="F105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B106" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C106" t="s">
         <v>220</v>
       </c>
       <c r="D106" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E106" t="s">
         <v>221</v>
       </c>
       <c r="F106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B107" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C107" t="s">
         <v>222</v>
       </c>
       <c r="D107" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E107" t="s">
         <v>223</v>
       </c>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B108" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C108" t="s">
         <v>224</v>
       </c>
       <c r="D108" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E108" t="s">
         <v>225</v>
       </c>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B109" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C109" t="s">
         <v>226</v>
       </c>
       <c r="D109" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E109" t="s">
         <v>227</v>
       </c>
       <c r="F109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B110" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C110" t="s">
         <v>228</v>
       </c>
       <c r="D110" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E110" t="s">
         <v>229</v>
       </c>
       <c r="F110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B111" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C111" t="s">
         <v>230</v>
       </c>
       <c r="D111" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E111" t="s">
         <v>231</v>
       </c>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B112" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C112" t="s">
         <v>232</v>
       </c>
       <c r="D112" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E112" t="s">
         <v>233</v>
       </c>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B113" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C113" t="s">
         <v>234</v>
       </c>
       <c r="D113" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E113" t="s">
         <v>235</v>
       </c>
       <c r="F113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B114" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C114" t="s">
         <v>236</v>
       </c>
       <c r="D114" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E114" t="s">
-        <v>119</v>
+        <v>237</v>
       </c>
       <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B115" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C115" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D115" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E115" t="s">
-        <v>238</v>
+        <v>121</v>
       </c>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B116" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C116" t="s">
         <v>239</v>
       </c>
       <c r="D116" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E116" t="s">
-        <v>123</v>
+        <v>240</v>
       </c>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B117" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C117" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D117" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E117" t="s">
-        <v>241</v>
+        <v>125</v>
       </c>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B118" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C118" t="s">
         <v>242</v>
       </c>
       <c r="D118" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E118" t="s">
         <v>243</v>
       </c>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B119" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C119" t="s">
         <v>244</v>
       </c>
       <c r="D119" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E119" t="s">
         <v>245</v>
       </c>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B120" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C120" t="s">
         <v>246</v>
       </c>
       <c r="D120" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E120" t="s">
         <v>247</v>
       </c>
       <c r="F120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B121" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C121" t="s">
         <v>248</v>
       </c>
       <c r="D121" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E121" t="s">
         <v>249</v>
       </c>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B122" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C122" t="s">
         <v>250</v>
       </c>
       <c r="D122" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E122" t="s">
         <v>251</v>
       </c>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B123" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C123" t="s">
         <v>252</v>
       </c>
       <c r="D123" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E123" t="s">
         <v>253</v>
       </c>
       <c r="F123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B124" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C124" t="s">
         <v>254</v>
       </c>
       <c r="D124" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E124" t="s">
         <v>255</v>
       </c>
       <c r="F124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B125" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C125" t="s">
         <v>256</v>
       </c>
       <c r="D125" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E125" t="s">
         <v>257</v>
       </c>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B126" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C126" t="s">
         <v>258</v>
       </c>
       <c r="D126" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E126" t="s">
         <v>259</v>
       </c>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B127" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C127" t="s">
         <v>260</v>
       </c>
       <c r="D127" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E127" t="s">
         <v>261</v>
       </c>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B128" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C128" t="s">
         <v>262</v>
       </c>
       <c r="D128" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E128" t="s">
         <v>263</v>
       </c>
       <c r="F128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B129" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C129" t="s">
         <v>264</v>
       </c>
       <c r="D129" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E129" t="s">
         <v>265</v>
       </c>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B130" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C130" t="s">
         <v>266</v>
       </c>
       <c r="D130" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E130" t="s">
         <v>267</v>
       </c>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B131" t="s">
+        <v>208</v>
+      </c>
+      <c r="C131" t="s">
         <v>268</v>
       </c>
-      <c r="C131"/>
       <c r="D131" t="s">
+        <v>209</v>
+      </c>
+      <c r="E131" t="s">
         <v>269</v>
       </c>
-      <c r="E131"/>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B132" t="s">
         <v>270</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>271</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B133" t="s">
         <v>272</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>273</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
+        <v>97</v>
+      </c>
+      <c r="B134" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B135" t="s">
         <v>277</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
         <v>278</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B136" t="s">
         <v>279</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
         <v>280</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B137" t="s">
         <v>281</v>
       </c>
       <c r="C137"/>
       <c r="D137" t="s">
         <v>282</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B138" t="s">
         <v>283</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>284</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B139" t="s">
         <v>285</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>286</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B140" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="C140" t="s">
         <v>287</v>
       </c>
+      <c r="C140"/>
       <c r="D140" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="E140" t="s">
         <v>288</v>
       </c>
+      <c r="E140"/>
       <c r="F140" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B141" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C141" t="s">
         <v>289</v>
       </c>
       <c r="D141" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E141" t="s">
         <v>290</v>
       </c>
       <c r="F141" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B142" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C142" t="s">
         <v>291</v>
       </c>
       <c r="D142" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E142" t="s">
         <v>292</v>
       </c>
       <c r="F142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B143" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C143" t="s">
         <v>293</v>
       </c>
       <c r="D143" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E143" t="s">
         <v>294</v>
       </c>
       <c r="F143" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B144" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C144" t="s">
         <v>295</v>
       </c>
       <c r="D144" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E144" t="s">
         <v>296</v>
       </c>
       <c r="F144" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B145" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C145" t="s">
         <v>297</v>
       </c>
       <c r="D145" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E145" t="s">
         <v>298</v>
       </c>
       <c r="F145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B146" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C146" t="s">
         <v>299</v>
       </c>
       <c r="D146" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E146" t="s">
         <v>300</v>
       </c>
       <c r="F146" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B147" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C147" t="s">
         <v>301</v>
       </c>
       <c r="D147" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E147" t="s">
         <v>302</v>
       </c>
       <c r="F147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B148" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C148" t="s">
         <v>303</v>
       </c>
       <c r="D148" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E148" t="s">
         <v>304</v>
       </c>
       <c r="F148" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B149" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C149" t="s">
         <v>305</v>
       </c>
       <c r="D149" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E149" t="s">
         <v>306</v>
       </c>
       <c r="F149" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B150" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C150" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D150" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E150" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B151" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C151" t="s">
         <v>307</v>
       </c>
       <c r="D151" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E151" t="s">
         <v>308</v>
       </c>
       <c r="F151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B152" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C152" t="s">
         <v>309</v>
       </c>
       <c r="D152" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E152" t="s">
         <v>310</v>
       </c>
       <c r="F152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B153" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C153" t="s">
         <v>311</v>
       </c>
       <c r="D153" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E153" t="s">
         <v>312</v>
       </c>
       <c r="F153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B154" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C154" t="s">
         <v>313</v>
       </c>
       <c r="D154" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E154" t="s">
         <v>314</v>
       </c>
       <c r="F154" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B155" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C155" t="s">
         <v>315</v>
       </c>
       <c r="D155" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E155" t="s">
         <v>316</v>
       </c>
       <c r="F155" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B156" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C156" t="s">
         <v>317</v>
       </c>
       <c r="D156" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E156" t="s">
         <v>318</v>
       </c>
       <c r="F156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B157" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C157" t="s">
         <v>319</v>
       </c>
       <c r="D157" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E157" t="s">
         <v>320</v>
       </c>
       <c r="F157" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B158" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C158" t="s">
         <v>321</v>
       </c>
       <c r="D158" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E158" t="s">
         <v>322</v>
       </c>
       <c r="F158" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B159" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C159" t="s">
         <v>323</v>
       </c>
       <c r="D159" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E159" t="s">
         <v>324</v>
       </c>
       <c r="F159" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B160" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C160" t="s">
         <v>325</v>
       </c>
       <c r="D160" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E160" t="s">
         <v>326</v>
       </c>
       <c r="F160" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B161" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C161" t="s">
         <v>327</v>
       </c>
       <c r="D161" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E161" t="s">
-        <v>257</v>
+        <v>328</v>
       </c>
       <c r="F161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B162" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C162" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D162" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E162" t="s">
-        <v>329</v>
+        <v>259</v>
       </c>
       <c r="F162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B163" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C163" t="s">
         <v>330</v>
       </c>
       <c r="D163" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E163" t="s">
         <v>331</v>
       </c>
       <c r="F163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B164" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C164" t="s">
         <v>332</v>
       </c>
       <c r="D164" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E164" t="s">
         <v>333</v>
       </c>
       <c r="F164" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B165" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C165" t="s">
         <v>334</v>
       </c>
       <c r="D165" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E165" t="s">
         <v>335</v>
       </c>
       <c r="F165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B166" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C166" t="s">
         <v>336</v>
       </c>
       <c r="D166" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E166" t="s">
         <v>337</v>
       </c>
       <c r="F166" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B167" t="s">
+        <v>287</v>
+      </c>
+      <c r="C167" t="s">
         <v>338</v>
       </c>
-      <c r="C167"/>
       <c r="D167" t="s">
+        <v>288</v>
+      </c>
+      <c r="E167" t="s">
         <v>339</v>
       </c>
-      <c r="E167"/>
       <c r="F167" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B168" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="C168" t="s">
         <v>340</v>
       </c>
+      <c r="C168"/>
       <c r="D168" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="E168" t="s">
         <v>341</v>
       </c>
+      <c r="E168"/>
       <c r="F168" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B169" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C169" t="s">
         <v>342</v>
       </c>
       <c r="D169" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E169" t="s">
         <v>343</v>
       </c>
       <c r="F169" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B170" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C170" t="s">
         <v>344</v>
       </c>
       <c r="D170" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E170" t="s">
         <v>345</v>
       </c>
       <c r="F170" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B171" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C171" t="s">
         <v>346</v>
       </c>
       <c r="D171" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E171" t="s">
         <v>347</v>
       </c>
       <c r="F171" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B172" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C172" t="s">
         <v>348</v>
       </c>
       <c r="D172" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E172" t="s">
         <v>349</v>
       </c>
       <c r="F172" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B173" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C173" t="s">
         <v>350</v>
       </c>
       <c r="D173" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E173" t="s">
         <v>351</v>
       </c>
       <c r="F173" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B174" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C174" t="s">
         <v>352</v>
       </c>
       <c r="D174" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E174" t="s">
         <v>353</v>
       </c>
       <c r="F174" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B175" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C175" t="s">
         <v>354</v>
       </c>
       <c r="D175" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E175" t="s">
         <v>355</v>
       </c>
       <c r="F175" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B176" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C176" t="s">
         <v>356</v>
       </c>
       <c r="D176" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E176" t="s">
         <v>357</v>
       </c>
       <c r="F176" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B177" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C177" t="s">
         <v>358</v>
       </c>
       <c r="D177" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E177" t="s">
         <v>359</v>
       </c>
       <c r="F177" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B178" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C178" t="s">
         <v>360</v>
       </c>
       <c r="D178" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E178" t="s">
         <v>361</v>
       </c>
       <c r="F178" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B179" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C179" t="s">
         <v>362</v>
       </c>
       <c r="D179" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E179" t="s">
         <v>363</v>
       </c>
       <c r="F179" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B180" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C180" t="s">
         <v>364</v>
       </c>
       <c r="D180" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E180" t="s">
         <v>365</v>
       </c>
       <c r="F180" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B181" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C181" t="s">
         <v>366</v>
       </c>
       <c r="D181" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E181" t="s">
         <v>367</v>
       </c>
       <c r="F181" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B182" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C182" t="s">
         <v>368</v>
       </c>
       <c r="D182" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E182" t="s">
         <v>369</v>
       </c>
       <c r="F182" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B183" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C183" t="s">
         <v>370</v>
       </c>
       <c r="D183" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E183" t="s">
-        <v>253</v>
+        <v>371</v>
       </c>
       <c r="F183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B184" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C184" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D184" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E184" t="s">
-        <v>372</v>
+        <v>255</v>
       </c>
       <c r="F184" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B185" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C185" t="s">
         <v>373</v>
       </c>
       <c r="D185" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E185" t="s">
-        <v>131</v>
+        <v>374</v>
       </c>
       <c r="F185" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B186" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C186" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D186" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E186" t="s">
-        <v>259</v>
+        <v>133</v>
       </c>
       <c r="F186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B187" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C187" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D187" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E187" t="s">
-        <v>376</v>
+        <v>261</v>
       </c>
       <c r="F187" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B188" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C188" t="s">
         <v>377</v>
       </c>
       <c r="D188" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E188" t="s">
         <v>378</v>
       </c>
       <c r="F188" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B189" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C189" t="s">
         <v>379</v>
       </c>
       <c r="D189" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E189" t="s">
         <v>380</v>
       </c>
       <c r="F189" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B190" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C190" t="s">
         <v>381</v>
       </c>
       <c r="D190" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E190" t="s">
         <v>382</v>
       </c>
       <c r="F190" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B191" t="s">
+        <v>340</v>
+      </c>
+      <c r="C191" t="s">
         <v>383</v>
       </c>
-      <c r="C191"/>
       <c r="D191" t="s">
+        <v>341</v>
+      </c>
+      <c r="E191" t="s">
         <v>384</v>
       </c>
-      <c r="E191"/>
       <c r="F191" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B192" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="C192" t="s">
         <v>385</v>
       </c>
+      <c r="C192"/>
       <c r="D192" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="E192" t="s">
         <v>386</v>
       </c>
+      <c r="E192"/>
       <c r="F192" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B193" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C193" t="s">
         <v>387</v>
       </c>
       <c r="D193" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E193" t="s">
         <v>388</v>
       </c>
       <c r="F193" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B194" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C194" t="s">
         <v>389</v>
       </c>
       <c r="D194" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E194" t="s">
         <v>390</v>
       </c>
       <c r="F194" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B195" t="s">
+        <v>385</v>
+      </c>
+      <c r="C195" t="s">
         <v>391</v>
       </c>
-      <c r="C195"/>
       <c r="D195" t="s">
+        <v>386</v>
+      </c>
+      <c r="E195" t="s">
         <v>392</v>
       </c>
-      <c r="E195"/>
       <c r="F195" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B196" t="s">
         <v>393</v>
       </c>
       <c r="C196"/>
       <c r="D196" t="s">
         <v>394</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B197" t="s">
         <v>395</v>
       </c>
       <c r="C197"/>
       <c r="D197" t="s">
         <v>396</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B198" t="s">
         <v>397</v>
       </c>
       <c r="C198"/>
       <c r="D198" t="s">
         <v>398</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B199" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="C199" t="s">
         <v>399</v>
       </c>
+      <c r="C199"/>
       <c r="D199" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="E199" t="s">
         <v>400</v>
       </c>
+      <c r="E199"/>
       <c r="F199" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B200" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C200" t="s">
         <v>401</v>
       </c>
       <c r="D200" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E200" t="s">
         <v>402</v>
       </c>
       <c r="F200" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B201" t="s">
+        <v>399</v>
+      </c>
+      <c r="C201" t="s">
         <v>403</v>
       </c>
-      <c r="C201"/>
       <c r="D201" t="s">
+        <v>400</v>
+      </c>
+      <c r="E201" t="s">
         <v>404</v>
       </c>
-      <c r="E201"/>
       <c r="F201" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B202" t="s">
         <v>405</v>
       </c>
       <c r="C202"/>
       <c r="D202" t="s">
         <v>406</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B203" t="s">
         <v>407</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
         <v>408</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B204" t="s">
         <v>409</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
         <v>410</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B205" t="s">
         <v>411</v>
       </c>
       <c r="C205"/>
       <c r="D205" t="s">
         <v>412</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B206" t="s">
         <v>413</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
         <v>414</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B207" t="s">
         <v>415</v>
       </c>
       <c r="C207"/>
       <c r="D207" t="s">
         <v>416</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B208" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="C208" t="s">
         <v>417</v>
       </c>
+      <c r="C208"/>
       <c r="D208" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="E208" t="s">
         <v>418</v>
       </c>
+      <c r="E208"/>
       <c r="F208" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B209" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C209" t="s">
         <v>419</v>
       </c>
       <c r="D209" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E209" t="s">
         <v>420</v>
       </c>
       <c r="F209" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B210" t="s">
+        <v>417</v>
+      </c>
+      <c r="C210" t="s">
         <v>421</v>
       </c>
-      <c r="C210"/>
       <c r="D210" t="s">
+        <v>418</v>
+      </c>
+      <c r="E210" t="s">
         <v>422</v>
       </c>
-      <c r="E210"/>
       <c r="F210" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B211" t="s">
         <v>423</v>
       </c>
       <c r="C211"/>
       <c r="D211" t="s">
         <v>424</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B212" t="s">
         <v>425</v>
       </c>
       <c r="C212"/>
       <c r="D212" t="s">
         <v>426</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B213" t="s">
         <v>427</v>
       </c>
       <c r="C213"/>
       <c r="D213" t="s">
         <v>428</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B214" t="s">
         <v>429</v>
       </c>
       <c r="C214"/>
       <c r="D214" t="s">
         <v>430</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B215" t="s">
         <v>431</v>
       </c>
       <c r="C215"/>
       <c r="D215" t="s">
         <v>432</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216"/>
       <c r="D216" t="s">
         <v>434</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217"/>
       <c r="D217" t="s">
         <v>436</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218"/>
       <c r="D218" t="s">
         <v>438</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219"/>
       <c r="D219" t="s">
         <v>440</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B220" t="s">
         <v>441</v>
       </c>
       <c r="C220"/>
       <c r="D220" t="s">
         <v>442</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B221" t="s">
         <v>443</v>
       </c>
       <c r="C221"/>
       <c r="D221" t="s">
         <v>444</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222"/>
       <c r="D222" t="s">
         <v>446</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B223" t="s">
         <v>447</v>
       </c>
       <c r="C223"/>
       <c r="D223" t="s">
         <v>448</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B224" t="s">
         <v>449</v>
       </c>
       <c r="C224"/>
       <c r="D224" t="s">
         <v>450</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B225" t="s">
         <v>451</v>
       </c>
       <c r="C225"/>
       <c r="D225" t="s">
         <v>452</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226"/>
       <c r="D226" t="s">
         <v>454</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B227" t="s">
         <v>455</v>
       </c>
       <c r="C227"/>
       <c r="D227" t="s">
         <v>456</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B228" t="s">
         <v>457</v>
       </c>
       <c r="C228"/>
       <c r="D228" t="s">
         <v>458</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
+        <v>276</v>
+      </c>
+      <c r="B229" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="C229"/>
       <c r="D229" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B230" t="s">
         <v>462</v>
       </c>
       <c r="C230"/>
       <c r="D230" t="s">
         <v>463</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B231" t="s">
         <v>464</v>
       </c>
       <c r="C231"/>
       <c r="D231" t="s">
         <v>465</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B232" t="s">
         <v>466</v>
       </c>
       <c r="C232"/>
       <c r="D232" t="s">
         <v>467</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B233" t="s">
         <v>468</v>
       </c>
       <c r="C233"/>
       <c r="D233" t="s">
         <v>469</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>470</v>
+        <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B234" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="C234"/>
       <c r="D234" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="E234"/>
       <c r="F234" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B235" t="s">
         <v>473</v>
       </c>
       <c r="C235"/>
       <c r="D235" t="s">
         <v>474</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>18</v>
+        <v>472</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B236" t="s">
         <v>475</v>
       </c>
       <c r="C236"/>
       <c r="D236" t="s">
         <v>476</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B237" t="s">
         <v>477</v>
       </c>
       <c r="C237"/>
       <c r="D237" t="s">
         <v>478</v>
       </c>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>479</v>
+        <v>64</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B238" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="C238"/>
       <c r="D238" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E238"/>
       <c r="F238" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B239" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="C239"/>
       <c r="D239" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B240" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="C240"/>
       <c r="D240" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>64</v>
+        <v>487</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B241" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="C241" t="s">
         <v>488</v>
       </c>
+      <c r="C241"/>
       <c r="D241" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="E241" t="s">
         <v>489</v>
       </c>
+      <c r="E241"/>
       <c r="F241" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B242" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="C242"/>
+        <v>488</v>
+      </c>
+      <c r="C242" t="s">
+        <v>490</v>
+      </c>
       <c r="D242" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="E242"/>
+        <v>489</v>
+      </c>
+      <c r="E242" t="s">
+        <v>491</v>
+      </c>
       <c r="F242" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B243" t="s">
-        <v>491</v>
+        <v>222</v>
       </c>
       <c r="C243"/>
       <c r="D243" t="s">
         <v>492</v>
       </c>
       <c r="E243"/>
       <c r="F243" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B244" t="s">
         <v>493</v>
       </c>
       <c r="C244"/>
       <c r="D244" t="s">
         <v>494</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B245" t="s">
         <v>495</v>
       </c>
       <c r="C245"/>
       <c r="D245" t="s">
         <v>496</v>
       </c>
       <c r="E245"/>
       <c r="F245" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B246" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="C246" t="s">
         <v>497</v>
       </c>
+      <c r="C246"/>
       <c r="D246" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="E246"/>
       <c r="F246" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B247" t="s">
+        <v>497</v>
+      </c>
+      <c r="C247" t="s">
+        <v>499</v>
+      </c>
+      <c r="D247" t="s">
         <v>498</v>
       </c>
-      <c r="C247"/>
-[...3 lines deleted...]
-      <c r="E247"/>
+      <c r="E247" t="s">
+        <v>217</v>
+      </c>
       <c r="F247" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B248" t="s">
         <v>500</v>
       </c>
       <c r="C248"/>
       <c r="D248" t="s">
         <v>501</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>485</v>
+        <v>64</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B249" t="s">
         <v>502</v>
       </c>
       <c r="C249"/>
       <c r="D249" t="s">
         <v>503</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>18</v>
+        <v>487</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B250" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="C250" t="s">
         <v>504</v>
       </c>
+      <c r="C250"/>
       <c r="D250" t="s">
-        <v>503</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="E250"/>
       <c r="F250" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B251" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C251" t="s">
+        <v>506</v>
+      </c>
+      <c r="D251" t="s">
         <v>505</v>
       </c>
-      <c r="D251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E251" t="s">
-        <v>257</v>
+        <v>324</v>
       </c>
       <c r="F251" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B252" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="C252"/>
+        <v>504</v>
+      </c>
+      <c r="C252" t="s">
+        <v>507</v>
+      </c>
       <c r="D252" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="E252"/>
+        <v>505</v>
+      </c>
+      <c r="E252" t="s">
+        <v>259</v>
+      </c>
       <c r="F252" t="s">
-        <v>482</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B253" t="s">
         <v>508</v>
       </c>
       <c r="C253"/>
       <c r="D253" t="s">
         <v>509</v>
       </c>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B254" t="s">
         <v>510</v>
       </c>
       <c r="C254"/>
       <c r="D254" t="s">
         <v>511</v>
       </c>
       <c r="E254"/>
       <c r="F254" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B255" t="s">
         <v>512</v>
       </c>
       <c r="C255"/>
       <c r="D255" t="s">
         <v>513</v>
       </c>
       <c r="E255"/>
       <c r="F255" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B256" t="s">
         <v>514</v>
       </c>
       <c r="C256"/>
       <c r="D256" t="s">
         <v>515</v>
       </c>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B257" t="s">
         <v>516</v>
       </c>
       <c r="C257"/>
       <c r="D257" t="s">
         <v>517</v>
       </c>
       <c r="E257"/>
       <c r="F257" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B258" t="s">
         <v>518</v>
       </c>
       <c r="C258"/>
       <c r="D258" t="s">
         <v>519</v>
       </c>
       <c r="E258"/>
       <c r="F258" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B259" t="s">
         <v>520</v>
       </c>
       <c r="C259"/>
       <c r="D259" t="s">
         <v>521</v>
       </c>
       <c r="E259"/>
       <c r="F259" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B260" t="s">
-        <v>520</v>
-[...1 lines deleted...]
-      <c r="C260" t="s">
         <v>522</v>
       </c>
+      <c r="C260"/>
       <c r="D260" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="E260"/>
       <c r="F260" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B261" t="s">
+        <v>522</v>
+      </c>
+      <c r="C261" t="s">
+        <v>524</v>
+      </c>
+      <c r="D261" t="s">
         <v>523</v>
       </c>
-      <c r="C261"/>
-[...3 lines deleted...]
-      <c r="E261"/>
+      <c r="E261" t="s">
+        <v>237</v>
+      </c>
       <c r="F261" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B262" t="s">
         <v>525</v>
       </c>
       <c r="C262"/>
       <c r="D262" t="s">
         <v>526</v>
       </c>
       <c r="E262"/>
       <c r="F262" t="s">
-        <v>470</v>
+        <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B263" t="s">
-        <v>525</v>
-[...1 lines deleted...]
-      <c r="C263" t="s">
         <v>527</v>
       </c>
+      <c r="C263"/>
       <c r="D263" t="s">
-        <v>526</v>
-[...1 lines deleted...]
-      <c r="E263" t="s">
         <v>528</v>
       </c>
+      <c r="E263"/>
       <c r="F263" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B264" t="s">
+        <v>527</v>
+      </c>
+      <c r="C264" t="s">
         <v>529</v>
       </c>
-      <c r="C264"/>
       <c r="D264" t="s">
+        <v>528</v>
+      </c>
+      <c r="E264" t="s">
         <v>530</v>
       </c>
-      <c r="E264"/>
       <c r="F264" t="s">
-        <v>531</v>
+        <v>472</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B265" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C265"/>
       <c r="D265" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="E265"/>
       <c r="F265" t="s">
-        <v>482</v>
+        <v>533</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B266" t="s">
         <v>534</v>
       </c>
       <c r="C266"/>
       <c r="D266" t="s">
         <v>535</v>
       </c>
       <c r="E266"/>
       <c r="F266" t="s">
-        <v>470</v>
+        <v>484</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B267" t="s">
         <v>536</v>
       </c>
       <c r="C267"/>
       <c r="D267" t="s">
         <v>537</v>
       </c>
       <c r="E267"/>
       <c r="F267" t="s">
-        <v>18</v>
+        <v>472</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B268" t="s">
-        <v>536</v>
-[...1 lines deleted...]
-      <c r="C268" t="s">
         <v>538</v>
       </c>
+      <c r="C268"/>
       <c r="D268" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="E268" t="s">
         <v>539</v>
       </c>
+      <c r="E268"/>
       <c r="F268" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B269" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C269" t="s">
         <v>540</v>
       </c>
       <c r="D269" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="E269" t="s">
         <v>541</v>
       </c>
       <c r="F269" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B270" t="s">
+        <v>538</v>
+      </c>
+      <c r="C270" t="s">
         <v>542</v>
       </c>
-      <c r="C270"/>
       <c r="D270" t="s">
+        <v>539</v>
+      </c>
+      <c r="E270" t="s">
         <v>543</v>
       </c>
-      <c r="E270"/>
       <c r="F270" t="s">
-        <v>485</v>
+        <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B271" t="s">
         <v>544</v>
       </c>
       <c r="C271"/>
       <c r="D271" t="s">
         <v>545</v>
       </c>
       <c r="E271"/>
       <c r="F271" t="s">
-        <v>64</v>
+        <v>487</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B272" t="s">
         <v>546</v>
       </c>
       <c r="C272"/>
       <c r="D272" t="s">
         <v>547</v>
       </c>
       <c r="E272"/>
       <c r="F272" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B273" t="s">
         <v>548</v>
       </c>
       <c r="C273"/>
       <c r="D273" t="s">
         <v>549</v>
       </c>
       <c r="E273"/>
       <c r="F273" t="s">
-        <v>485</v>
+        <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B274" t="s">
         <v>550</v>
       </c>
       <c r="C274"/>
       <c r="D274" t="s">
         <v>551</v>
       </c>
       <c r="E274"/>
       <c r="F274" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B275" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="C275" t="s">
         <v>552</v>
       </c>
+      <c r="C275"/>
       <c r="D275" t="s">
-        <v>551</v>
-[...3 lines deleted...]
-      </c>
+        <v>553</v>
+      </c>
+      <c r="E275"/>
       <c r="F275" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B276" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C276" t="s">
+        <v>554</v>
+      </c>
+      <c r="D276" t="s">
         <v>553</v>
       </c>
-      <c r="D276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E276" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="F276" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B277" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C277" t="s">
         <v>555</v>
       </c>
       <c r="D277" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E277" t="s">
         <v>556</v>
       </c>
       <c r="F277" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B278" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C278" t="s">
         <v>557</v>
       </c>
       <c r="D278" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E278" t="s">
-        <v>257</v>
+        <v>558</v>
       </c>
       <c r="F278" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>558</v>
+        <v>461</v>
       </c>
       <c r="B279" t="s">
+        <v>552</v>
+      </c>
+      <c r="C279" t="s">
         <v>559</v>
       </c>
-      <c r="C279"/>
       <c r="D279" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="E279"/>
+        <v>553</v>
+      </c>
+      <c r="E279" t="s">
+        <v>259</v>
+      </c>
       <c r="F279" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B280" t="s">
         <v>561</v>
       </c>
       <c r="C280"/>
       <c r="D280" t="s">
         <v>562</v>
       </c>
       <c r="E280"/>
       <c r="F280" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B281" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="C281" t="s">
         <v>563</v>
       </c>
+      <c r="C281"/>
       <c r="D281" t="s">
-        <v>562</v>
-[...1 lines deleted...]
-      <c r="E281" t="s">
         <v>564</v>
       </c>
+      <c r="E281"/>
       <c r="F281" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B282" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C282" t="s">
         <v>565</v>
       </c>
       <c r="D282" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E282" t="s">
         <v>566</v>
       </c>
       <c r="F282" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B283" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C283" t="s">
         <v>567</v>
       </c>
       <c r="D283" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E283" t="s">
         <v>568</v>
       </c>
       <c r="F283" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B284" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C284" t="s">
         <v>569</v>
       </c>
       <c r="D284" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E284" t="s">
         <v>570</v>
       </c>
       <c r="F284" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B285" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C285" t="s">
         <v>571</v>
       </c>
       <c r="D285" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E285" t="s">
         <v>572</v>
       </c>
       <c r="F285" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B286" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C286" t="s">
         <v>573</v>
       </c>
       <c r="D286" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E286" t="s">
         <v>574</v>
       </c>
       <c r="F286" t="s">
-        <v>482</v>
+        <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B287" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C287" t="s">
         <v>575</v>
       </c>
       <c r="D287" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E287" t="s">
-        <v>265</v>
+        <v>576</v>
       </c>
       <c r="F287" t="s">
-        <v>9</v>
+        <v>484</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B288" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="C288"/>
+        <v>563</v>
+      </c>
+      <c r="C288" t="s">
+        <v>577</v>
+      </c>
       <c r="D288" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="E288"/>
+        <v>564</v>
+      </c>
+      <c r="E288" t="s">
+        <v>267</v>
+      </c>
       <c r="F288" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B289" t="s">
         <v>578</v>
       </c>
       <c r="C289"/>
       <c r="D289" t="s">
         <v>579</v>
       </c>
       <c r="E289"/>
       <c r="F289" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B290" t="s">
         <v>580</v>
       </c>
       <c r="C290"/>
       <c r="D290" t="s">
         <v>581</v>
       </c>
       <c r="E290"/>
       <c r="F290" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B291" t="s">
         <v>582</v>
       </c>
       <c r="C291"/>
       <c r="D291" t="s">
         <v>583</v>
       </c>
       <c r="E291"/>
       <c r="F291" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B292" t="s">
         <v>584</v>
       </c>
       <c r="C292"/>
       <c r="D292" t="s">
         <v>585</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B293" t="s">
         <v>586</v>
       </c>
       <c r="C293"/>
       <c r="D293" t="s">
         <v>587</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B294" t="s">
         <v>588</v>
       </c>
       <c r="C294"/>
       <c r="D294" t="s">
         <v>589</v>
       </c>
       <c r="E294"/>
       <c r="F294" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B295" t="s">
         <v>590</v>
       </c>
       <c r="C295"/>
       <c r="D295" t="s">
         <v>591</v>
       </c>
       <c r="E295"/>
       <c r="F295" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B296" t="s">
         <v>592</v>
       </c>
       <c r="C296"/>
       <c r="D296" t="s">
         <v>593</v>
       </c>
       <c r="E296"/>
       <c r="F296" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B297" t="s">
         <v>594</v>
       </c>
       <c r="C297"/>
       <c r="D297" t="s">
         <v>595</v>
       </c>
       <c r="E297"/>
       <c r="F297" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B298" t="s">
         <v>596</v>
       </c>
       <c r="C298"/>
       <c r="D298" t="s">
         <v>597</v>
       </c>
       <c r="E298"/>
       <c r="F298" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B299" t="s">
         <v>598</v>
       </c>
       <c r="C299"/>
       <c r="D299" t="s">
         <v>599</v>
       </c>
       <c r="E299"/>
       <c r="F299" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B300" t="s">
         <v>600</v>
       </c>
       <c r="C300"/>
       <c r="D300" t="s">
         <v>601</v>
       </c>
       <c r="E300"/>
       <c r="F300" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B301" t="s">
         <v>602</v>
       </c>
       <c r="C301"/>
       <c r="D301" t="s">
         <v>603</v>
       </c>
       <c r="E301"/>
       <c r="F301" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B302" t="s">
         <v>604</v>
       </c>
       <c r="C302"/>
       <c r="D302" t="s">
         <v>605</v>
       </c>
       <c r="E302"/>
       <c r="F302" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B303" t="s">
         <v>606</v>
       </c>
       <c r="C303"/>
       <c r="D303" t="s">
         <v>607</v>
       </c>
       <c r="E303"/>
       <c r="F303" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B304" t="s">
         <v>608</v>
       </c>
       <c r="C304"/>
       <c r="D304" t="s">
         <v>609</v>
       </c>
       <c r="E304"/>
       <c r="F304" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B305" t="s">
         <v>610</v>
       </c>
       <c r="C305"/>
       <c r="D305" t="s">
         <v>611</v>
       </c>
       <c r="E305"/>
       <c r="F305" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B306" t="s">
         <v>612</v>
       </c>
       <c r="C306"/>
       <c r="D306" t="s">
         <v>613</v>
       </c>
       <c r="E306"/>
       <c r="F306" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6">
+      <c r="A307" t="s">
+        <v>560</v>
+      </c>
+      <c r="B307" t="s">
+        <v>614</v>
+      </c>
+      <c r="C307"/>
+      <c r="D307" t="s">
+        <v>615</v>
+      </c>
+      <c r="E307"/>
+      <c r="F307" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>