--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -622,51 +622,51 @@
               <w:t xml:space="preserve"> Frappa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cassava whitefly, cotton whitefly, silverleaf whitefly, sweet-potato whitefly, tobacco whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489768e1862170925" w:history="1">
+            <w:hyperlink r:id="rId421269095fc959b66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -682,51 +682,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266668e1862170992" w:history="1">
+            <w:hyperlink r:id="rId568469095fc959bd1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,86 +740,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BEMITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25725548" name="name516468e1862170a77" descr="8596.jpg"/>
+                  <wp:docPr id="38673504" name="name483669095fc959c91" descr="8596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId484068e1862170a76" cstate="print"/>
+                          <a:blip r:embed="rId266469095fc959c90" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId808468e1862170c28" w:history="1">
+            <w:hyperlink r:id="rId777369095fc959da1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3306,50 +3306,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum melongena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Solanum muricatum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Solanum nigrum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sonchus oleraceus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3700,63 +3720,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2012); however, recently, the MED species was observed especially on hibiscus plants located in residential areas in Florida (McKenzie &amp; Osborne 2017). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55246160" name="name417968e1862172c49" descr="BEMITA_distribution_map.jpg"/>
+            <wp:docPr id="62406073" name="name779169095fc95b1b9" descr="BEMITA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BEMITA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId613568e1862172c44" cstate="print"/>
+                    <a:blip r:embed="rId997269095fc95b1b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6600,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214168e1862174956" w:history="1">
+      <w:hyperlink r:id="rId338869095fc95c65c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12060521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6759,51 +6779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1027-1028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806168e1862174a74" w:history="1">
+      <w:hyperlink r:id="rId179269095fc95c762" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent1211027-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10561,51 +10581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0151161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561968e18621764ba" w:history="1">
+      <w:hyperlink r:id="rId640569095fc95df6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0151161</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10961,51 +10981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CABI Datasheet 12/2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427168e1862176808" w:history="1">
+      <w:hyperlink r:id="rId957669095fc95e20f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11069,51 +11089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3162, 302 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952768e18621768ca" w:history="1">
+      <w:hyperlink r:id="rId463369095fc95e2c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11197,51 +11217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883868e18621769b2" w:history="1">
+      <w:hyperlink r:id="rId182369095fc95e39c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11423,90 +11443,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 733-738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477768e1862176b2a" w:history="1">
+      <w:hyperlink r:id="rId656669095fc95e507" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01170.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79150044" name="name959068e1862176bf9" descr="eu_funding_250.png"/>
+            <wp:docPr id="49334653" name="name758369095fc95e56e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId458668e1862176bf7" cstate="print"/>
+                    <a:blip r:embed="rId918869095fc95e56d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11604,137 +11624,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38970726">
+  <w:abstractNum w:abstractNumId="54474870">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50399265">
+    <w:lvl w:ilvl="0" w:tplc="62515402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50399265" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62515402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38970725">
+  <w:abstractNum w:abstractNumId="54474869">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39535105">
+    <w:lvl w:ilvl="0" w:tplc="54564832">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12486,55 +12506,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38970725">
-    <w:abstractNumId w:val="38970725"/>
+  <w:num w:numId="54474869">
+    <w:abstractNumId w:val="54474869"/>
   </w:num>
-  <w:num w:numId="38970726">
-    <w:abstractNumId w:val="38970726"/>
+  <w:num w:numId="54474870">
+    <w:abstractNumId w:val="54474870"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24084,51 +24104,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId396118282" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId148043093" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId489768e1862170925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId266668e1862170992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId808468e1862170c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId214168e1862174956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId806168e1862174a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId561968e18621764ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId427168e1862176808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId952768e18621768ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId883868e18621769b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId477768e1862176b2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId484068e1862170a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484068e1862170a76.jpg"/><Relationship Id="rId613568e1862172c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId613568e1862172c44.jpg"/><Relationship Id="rId458668e1862176bf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458668e1862176bf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId829950066" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661146000" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421269095fc959b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId568469095fc959bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId777369095fc959da1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId338869095fc95c65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId179269095fc95c762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId640569095fc95df6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId957669095fc95e20f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId463369095fc95e2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId182369095fc95e39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId656669095fc95e507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId266469095fc959c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266469095fc959c90.jpg"/><Relationship Id="rId997269095fc95b1b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId997269095fc95b1b7.jpg"/><Relationship Id="rId918869095fc95e56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId918869095fc95e56d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>