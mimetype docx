--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -622,51 +622,51 @@
               <w:t xml:space="preserve"> Frappa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cassava whitefly, cotton whitefly, silverleaf whitefly, sweet-potato whitefly, tobacco whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421269095fc959b66" w:history="1">
+            <w:hyperlink r:id="rId6106692546aff0c1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -682,51 +682,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId568469095fc959bd1" w:history="1">
+            <w:hyperlink r:id="rId3223692546aff0c88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,86 +740,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BEMITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38673504" name="name483669095fc959c91" descr="8596.jpg"/>
+                  <wp:docPr id="51752971" name="name4705692546aff143b" descr="8596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId266469095fc959c90" cstate="print"/>
+                          <a:blip r:embed="rId9836692546aff1439" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId777369095fc959da1" w:history="1">
+            <w:hyperlink r:id="rId8800692546aff156c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3720,63 +3720,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2012); however, recently, the MED species was observed especially on hibiscus plants located in residential areas in Florida (McKenzie &amp; Osborne 2017). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62406073" name="name779169095fc95b1b9" descr="BEMITA_distribution_map.jpg"/>
+            <wp:docPr id="78289703" name="name6872692546aff34e6" descr="BEMITA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BEMITA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId997269095fc95b1b7" cstate="print"/>
+                    <a:blip r:embed="rId9820692546aff34e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338869095fc95c65c" w:history="1">
+      <w:hyperlink r:id="rId2693692546b0007a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12060521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6779,51 +6779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1027-1028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179269095fc95c762" w:history="1">
+      <w:hyperlink r:id="rId8721692546b0008aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent1211027-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10581,51 +10581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0151161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640569095fc95df6a" w:history="1">
+      <w:hyperlink r:id="rId5863692546b0020b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0151161</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10981,51 +10981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CABI Datasheet 12/2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957669095fc95e20f" w:history="1">
+      <w:hyperlink r:id="rId8495692546b002349" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11089,51 +11089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3162, 302 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463369095fc95e2c1" w:history="1">
+      <w:hyperlink r:id="rId3425692546b0023fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11217,51 +11217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182369095fc95e39c" w:history="1">
+      <w:hyperlink r:id="rId2404692546b0024db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11443,90 +11443,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 733-738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656669095fc95e507" w:history="1">
+      <w:hyperlink r:id="rId5579692546b002646" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01170.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49334653" name="name758369095fc95e56e" descr="eu_funding_250.png"/>
+            <wp:docPr id="19236957" name="name2802692546b0026e3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId918869095fc95e56d" cstate="print"/>
+                    <a:blip r:embed="rId4129692546b0026e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11624,137 +11624,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54474870">
+  <w:abstractNum w:abstractNumId="36306586">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62515402">
+    <w:lvl w:ilvl="0" w:tplc="79567506">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62515402" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79567506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54474869">
+  <w:abstractNum w:abstractNumId="36306585">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54564832">
+    <w:lvl w:ilvl="0" w:tplc="18709479">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12506,55 +12506,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54474869">
-    <w:abstractNumId w:val="54474869"/>
+  <w:num w:numId="36306585">
+    <w:abstractNumId w:val="36306585"/>
   </w:num>
-  <w:num w:numId="54474870">
-    <w:abstractNumId w:val="54474870"/>
+  <w:num w:numId="36306586">
+    <w:abstractNumId w:val="36306586"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24104,51 +24104,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId829950066" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661146000" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421269095fc959b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId568469095fc959bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId777369095fc959da1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId338869095fc95c65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId179269095fc95c762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId640569095fc95df6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId957669095fc95e20f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId463369095fc95e2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId182369095fc95e39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId656669095fc95e507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId266469095fc959c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266469095fc959c90.jpg"/><Relationship Id="rId997269095fc95b1b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId997269095fc95b1b7.jpg"/><Relationship Id="rId918869095fc95e56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId918869095fc95e56d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId664614221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId101963113" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6106692546aff0c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId3223692546aff0c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId8800692546aff156c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId2693692546b0007a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId8721692546b0008aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId5863692546b0020b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId8495692546b002349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId3425692546b0023fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId2404692546b0024db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5579692546b002646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId9836692546aff1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9836692546aff1439.jpg"/><Relationship Id="rId9820692546aff34e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9820692546aff34e4.jpg"/><Relationship Id="rId4129692546b0026e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4129692546b0026e2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>