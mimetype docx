--- v2 (2025-11-25)
+++ v3 (2025-12-17)
@@ -622,51 +622,51 @@
               <w:t xml:space="preserve"> Frappa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cassava whitefly, cotton whitefly, silverleaf whitefly, sweet-potato whitefly, tobacco whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6106692546aff0c1e" w:history="1">
+            <w:hyperlink r:id="rId5053694223c3851fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -682,51 +682,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3223692546aff0c88" w:history="1">
+            <w:hyperlink r:id="rId3169694223c3852a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,86 +740,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BEMITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51752971" name="name4705692546aff143b" descr="8596.jpg"/>
+                  <wp:docPr id="19801312" name="name4645694223c3859f4" descr="8596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9836692546aff1439" cstate="print"/>
+                          <a:blip r:embed="rId4786694223c3859f3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8800692546aff156c" w:history="1">
+            <w:hyperlink r:id="rId7305694223c385ae9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3720,105 +3720,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2012); however, recently, the MED species was observed especially on hibiscus plants located in residential areas in Florida (McKenzie &amp; Osborne 2017). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78289703" name="name6872692546aff34e6" descr="BEMITA_distribution_map.jpg"/>
+            <wp:docPr id="68200920" name="name4723694223c3879e3" descr="BEMITA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BEMITA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9820692546aff34e4" cstate="print"/>
+                    <a:blip r:embed="rId7520694223c3879e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kyrgyzstan, Malta, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Southern Russia), Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kyrgyzstan, Malta, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Southern Russia), Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Angola, Benin, Burkina Faso, Cabo Verde, Cameroon, Central African Republic, Chad, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Equatorial Guinea, Eritrea, Ethiopia, Gambia, Ghana, Guinea, Guinea-Bissau, Kenya, Libya, Madagascar, Malawi, Mauritius, Mayotte, Morocco, Mozambique, Nigeria, Reunion, Rwanda, Senegal, Seychelles, Sierra Leone, Somalia, South Africa, Sudan, Tanzania, United Republic of, Togo, Tunisia, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2693692546b0007a4" w:history="1">
+      <w:hyperlink r:id="rId2063694223c388f36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12060521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6779,51 +6779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1027-1028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8721692546b0008aa" w:history="1">
+      <w:hyperlink r:id="rId1481694223c38903c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent1211027-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10581,51 +10581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0151161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5863692546b0020b7" w:history="1">
+      <w:hyperlink r:id="rId8460694223c38a959" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0151161</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10981,51 +10981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CABI Datasheet 12/2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8495692546b002349" w:history="1">
+      <w:hyperlink r:id="rId7158694223c38ac11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11089,51 +11089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3162, 302 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3425692546b0023fa" w:history="1">
+      <w:hyperlink r:id="rId1842694223c38acc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11217,51 +11217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2404692546b0024db" w:history="1">
+      <w:hyperlink r:id="rId2973694223c38adb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11443,90 +11443,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 733-738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5579692546b002646" w:history="1">
+      <w:hyperlink r:id="rId3631694223c38af39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01170.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19236957" name="name2802692546b0026e3" descr="eu_funding_250.png"/>
+            <wp:docPr id="58661768" name="name9395694223c38b375" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4129692546b0026e2" cstate="print"/>
+                    <a:blip r:embed="rId2744694223c38b374" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11624,137 +11624,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36306586">
+  <w:abstractNum w:abstractNumId="84383144">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79567506">
+    <w:lvl w:ilvl="0" w:tplc="35018125">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79567506" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35018125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36306585">
+  <w:abstractNum w:abstractNumId="84383143">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18709479">
+    <w:lvl w:ilvl="0" w:tplc="77613000">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12506,55 +12506,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36306585">
-    <w:abstractNumId w:val="36306585"/>
+  <w:num w:numId="84383143">
+    <w:abstractNumId w:val="84383143"/>
   </w:num>
-  <w:num w:numId="36306586">
-    <w:abstractNumId w:val="36306586"/>
+  <w:num w:numId="84383144">
+    <w:abstractNumId w:val="84383144"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24104,51 +24104,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId664614221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId101963113" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6106692546aff0c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId3223692546aff0c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId8800692546aff156c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId2693692546b0007a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId8721692546b0008aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId5863692546b0020b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId8495692546b002349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId3425692546b0023fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId2404692546b0024db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5579692546b002646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId9836692546aff1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9836692546aff1439.jpg"/><Relationship Id="rId9820692546aff34e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9820692546aff34e4.jpg"/><Relationship Id="rId4129692546b0026e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4129692546b0026e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId389527838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId953265470" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5053694223c3851fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId3169694223c3852a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId7305694223c385ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId2063694223c388f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId1481694223c38903c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId8460694223c38a959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId7158694223c38ac11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId1842694223c38acc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId2973694223c38adb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3631694223c38af39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId4786694223c3859f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4786694223c3859f3.jpg"/><Relationship Id="rId7520694223c3879e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7520694223c3879e1.jpg"/><Relationship Id="rId2744694223c38b374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2744694223c38b374.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>