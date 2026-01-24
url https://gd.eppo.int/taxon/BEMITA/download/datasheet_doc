--- v3 (2025-12-17)
+++ v4 (2026-01-24)
@@ -622,51 +622,51 @@
               <w:t xml:space="preserve"> Frappa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cassava whitefly, cotton whitefly, silverleaf whitefly, sweet-potato whitefly, tobacco whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5053694223c3851fe" w:history="1">
+            <w:hyperlink r:id="rId6593697548f0decb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -682,51 +682,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3169694223c3852a0" w:history="1">
+            <w:hyperlink r:id="rId5276697548f0ded36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,86 +740,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BEMITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19801312" name="name4645694223c3859f4" descr="8596.jpg"/>
+                  <wp:docPr id="82043430" name="name7416697548f0e1182" descr="8596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4786694223c3859f3" cstate="print"/>
+                          <a:blip r:embed="rId9461697548f0e1180" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7305694223c385ae9" w:history="1">
+            <w:hyperlink r:id="rId2705697548f0e12f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3720,105 +3720,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2012); however, recently, the MED species was observed especially on hibiscus plants located in residential areas in Florida (McKenzie &amp; Osborne 2017). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68200920" name="name4723694223c3879e3" descr="BEMITA_distribution_map.jpg"/>
+            <wp:docPr id="50710934" name="name9852697548f0e3d3f" descr="BEMITA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BEMITA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7520694223c3879e1" cstate="print"/>
+                    <a:blip r:embed="rId8800697548f0e3d3c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kyrgyzstan, Malta, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Southern Russia), Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Gibraltar, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kyrgyzstan, Malta, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Southern Russia), Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Angola, Benin, Burkina Faso, Cabo Verde, Cameroon, Central African Republic, Chad, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Equatorial Guinea, Eritrea, Ethiopia, Gambia, Ghana, Guinea, Guinea-Bissau, Kenya, Libya, Madagascar, Malawi, Mauritius, Mayotte, Morocco, Mozambique, Nigeria, Reunion, Rwanda, Senegal, Seychelles, Sierra Leone, Somalia, South Africa, Sudan, Tanzania, United Republic of, Togo, Tunisia, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2063694223c388f36" w:history="1">
+      <w:hyperlink r:id="rId1963697548f0e6636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12060521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6779,51 +6779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1027-1028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1481694223c38903c" w:history="1">
+      <w:hyperlink r:id="rId9691697548f0e770a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent1211027-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10581,51 +10581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0151161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8460694223c38a959" w:history="1">
+      <w:hyperlink r:id="rId2130697548f0eaedb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0151161</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10981,51 +10981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CABI Datasheet 12/2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7158694223c38ac11" w:history="1">
+      <w:hyperlink r:id="rId4795697548f0eb176" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11089,51 +11089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3162, 302 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1842694223c38acc4" w:history="1">
+      <w:hyperlink r:id="rId3054697548f0eb227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11195,73 +11195,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2973694223c38adb6" w:history="1">
+      <w:hyperlink r:id="rId6410697548f0eb307" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11443,90 +11443,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 733-738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3631694223c38af39" w:history="1">
+      <w:hyperlink r:id="rId4900697548f0eb471" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01170.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58661768" name="name9395694223c38b375" descr="eu_funding_250.png"/>
+            <wp:docPr id="60618788" name="name5583697548f0eb4f0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2744694223c38b374" cstate="print"/>
+                    <a:blip r:embed="rId1159697548f0eb4ef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11624,137 +11624,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84383144">
+  <w:abstractNum w:abstractNumId="72763610">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35018125">
+    <w:lvl w:ilvl="0" w:tplc="78437471">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35018125" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78437471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84383143">
+  <w:abstractNum w:abstractNumId="72763609">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77613000">
+    <w:lvl w:ilvl="0" w:tplc="30515695">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12506,55 +12506,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84383143">
-    <w:abstractNumId w:val="84383143"/>
+  <w:num w:numId="72763609">
+    <w:abstractNumId w:val="72763609"/>
   </w:num>
-  <w:num w:numId="84383144">
-    <w:abstractNumId w:val="84383144"/>
+  <w:num w:numId="72763610">
+    <w:abstractNumId w:val="72763610"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24104,51 +24104,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId389527838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId953265470" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5053694223c3851fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId3169694223c3852a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId7305694223c385ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId2063694223c388f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId1481694223c38903c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId8460694223c38a959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId7158694223c38ac11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId1842694223c38acc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId2973694223c38adb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3631694223c38af39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId4786694223c3859f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4786694223c3859f3.jpg"/><Relationship Id="rId7520694223c3879e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7520694223c3879e1.jpg"/><Relationship Id="rId2744694223c38b374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2744694223c38b374.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId852546920" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId970338105" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6593697548f0decb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId5276697548f0ded36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId2705697548f0e12f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId1963697548f0e6636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId9691697548f0e770a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId2130697548f0eaedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId4795697548f0eb176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId3054697548f0eb227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId6410697548f0eb307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4900697548f0eb471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId9461697548f0e1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9461697548f0e1180.jpg"/><Relationship Id="rId8800697548f0e3d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8800697548f0e3d3c.jpg"/><Relationship Id="rId1159697548f0eb4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1159697548f0eb4ef.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>