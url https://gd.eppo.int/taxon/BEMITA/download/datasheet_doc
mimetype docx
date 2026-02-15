--- v4 (2026-01-24)
+++ v5 (2026-02-15)
@@ -622,51 +622,51 @@
               <w:t xml:space="preserve"> Frappa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cassava whitefly, cotton whitefly, silverleaf whitefly, sweet-potato whitefly, tobacco whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6593697548f0decb6" w:history="1">
+            <w:hyperlink r:id="rId9797699189c108bec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -680,53 +680,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A), PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5276697548f0ded36" w:history="1">
+            <w:hyperlink r:id="rId6206699189c108c55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,86 +740,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BEMITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82043430" name="name7416697548f0e1182" descr="8596.jpg"/>
+                  <wp:docPr id="26832927" name="name2785699189c109119" descr="8596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9461697548f0e1180" cstate="print"/>
+                          <a:blip r:embed="rId4722699189c109117" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2705697548f0e12f9" w:history="1">
+            <w:hyperlink r:id="rId7944699189c109226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3720,105 +3720,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2012); however, recently, the MED species was observed especially on hibiscus plants located in residential areas in Florida (McKenzie &amp; Osborne 2017). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50710934" name="name9852697548f0e3d3f" descr="BEMITA_distribution_map.jpg"/>
+            <wp:docPr id="47782609" name="name3542699189c10b203" descr="BEMITA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BEMITA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8800697548f0e3d3c" cstate="print"/>
+                    <a:blip r:embed="rId4947699189c10b200" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Gibraltar, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kyrgyzstan, Malta, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Southern Russia), Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Algeria, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland, Corse), Georgia, Germany, Gibraltar, Greece (mainland, Kriti), Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Kyrgyzstan, Malta, Montenegro, Morocco, Netherlands, Norway, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (Southern Russia), Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Angola, Benin, Burkina Faso, Cabo Verde, Cameroon, Central African Republic, Chad, Congo, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Equatorial Guinea, Eritrea, Ethiopia, Gambia, Ghana, Guinea, Guinea-Bissau, Kenya, Libya, Madagascar, Malawi, Mauritius, Mayotte, Morocco, Mozambique, Nigeria, Reunion, Rwanda, Senegal, Seychelles, Sierra Leone, Somalia, South Africa, Sudan, Tanzania, United Republic of, Togo, Tunisia, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1963697548f0e6636" w:history="1">
+      <w:hyperlink r:id="rId8397699189c10ca12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12060521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6779,51 +6779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1027-1028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9691697548f0e770a" w:history="1">
+      <w:hyperlink r:id="rId1488699189c10cc0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent1211027-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10581,51 +10581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0151161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2130697548f0eaedb" w:history="1">
+      <w:hyperlink r:id="rId6296699189c10e85d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0151161</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10981,51 +10981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CABI Datasheet 12/2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4795697548f0eb176" w:history="1">
+      <w:hyperlink r:id="rId1303699189c10ebc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11089,51 +11089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3162, 302 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3054697548f0eb227" w:history="1">
+      <w:hyperlink r:id="rId5550699189c10ec78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11217,51 +11217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6410697548f0eb307" w:history="1">
+      <w:hyperlink r:id="rId1659699189c10ed5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11443,90 +11443,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 733-738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4900697548f0eb471" w:history="1">
+      <w:hyperlink r:id="rId7906699189c10eeca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01170.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60618788" name="name5583697548f0eb4f0" descr="eu_funding_250.png"/>
+            <wp:docPr id="3964124" name="name8188699189c10ef4a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1159697548f0eb4ef" cstate="print"/>
+                    <a:blip r:embed="rId3657699189c10ef49" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11624,137 +11624,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72763610">
+  <w:abstractNum w:abstractNumId="15847706">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78437471">
+    <w:lvl w:ilvl="0" w:tplc="88538320">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78437471" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88538320" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72763609">
+  <w:abstractNum w:abstractNumId="15847705">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30515695">
+    <w:lvl w:ilvl="0" w:tplc="42666571">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12506,55 +12506,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72763609">
-    <w:abstractNumId w:val="72763609"/>
+  <w:num w:numId="15847705">
+    <w:abstractNumId w:val="15847705"/>
   </w:num>
-  <w:num w:numId="72763610">
-    <w:abstractNumId w:val="72763610"/>
+  <w:num w:numId="15847706">
+    <w:abstractNumId w:val="15847706"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24104,51 +24104,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId852546920" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId970338105" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6593697548f0decb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId5276697548f0ded36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId2705697548f0e12f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId1963697548f0e6636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId9691697548f0e770a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId2130697548f0eaedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId4795697548f0eb176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId3054697548f0eb227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId6410697548f0eb307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4900697548f0eb471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId9461697548f0e1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9461697548f0e1180.jpg"/><Relationship Id="rId8800697548f0e3d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8800697548f0e3d3c.jpg"/><Relationship Id="rId1159697548f0eb4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1159697548f0eb4ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283196254" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId134322370" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9797699189c108bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId6206699189c108c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId7944699189c109226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId8397699189c10ca12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId1488699189c10cc0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId6296699189c10e85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId1303699189c10ebc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId5550699189c10ec78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId1659699189c10ed5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7906699189c10eeca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId4722699189c109117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4722699189c109117.jpg"/><Relationship Id="rId4947699189c10b200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4947699189c10b200.jpg"/><Relationship Id="rId3657699189c10ef49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3657699189c10ef49.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>