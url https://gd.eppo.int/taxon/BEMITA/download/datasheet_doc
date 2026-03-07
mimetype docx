--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -622,51 +622,51 @@
               <w:t xml:space="preserve"> Frappa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cassava whitefly, cotton whitefly, silverleaf whitefly, sweet-potato whitefly, tobacco whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9797699189c108bec" w:history="1">
+            <w:hyperlink r:id="rId244269ac3fc80d204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -682,51 +682,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A), PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6206699189c108c55" w:history="1">
+            <w:hyperlink r:id="rId507869ac3fc80d270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -740,86 +740,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BEMITA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26832927" name="name2785699189c109119" descr="8596.jpg"/>
+                  <wp:docPr id="17190379" name="name109869ac3fc80d90b" descr="8596.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="8596.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4722699189c109117" cstate="print"/>
+                          <a:blip r:embed="rId907769ac3fc80d909" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7944699189c109226" w:history="1">
+            <w:hyperlink r:id="rId155469ac3fc80da53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3720,63 +3720,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2012); however, recently, the MED species was observed especially on hibiscus plants located in residential areas in Florida (McKenzie &amp; Osborne 2017). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47782609" name="name3542699189c10b203" descr="BEMITA_distribution_map.jpg"/>
+            <wp:docPr id="85060304" name="name889369ac3fc80fdeb" descr="BEMITA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BEMITA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4947699189c10b200" cstate="print"/>
+                    <a:blip r:embed="rId182969ac3fc80fde7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6620,51 +6620,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8397699189c10ca12" w:history="1">
+      <w:hyperlink r:id="rId265769ac3fc811a79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects12060521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6779,51 +6779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1027-1028. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1488699189c10cc0d" w:history="1">
+      <w:hyperlink r:id="rId143069ac3fc811b89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4039/Ent1211027-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10581,51 +10581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e0151161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6296699189c10e85d" w:history="1">
+      <w:hyperlink r:id="rId416969ac3fc815bc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0151161</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10981,51 +10981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CABI Datasheet 12/2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1303699189c10ebc3" w:history="1">
+      <w:hyperlink r:id="rId874169ac3fc815e94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11089,51 +11089,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3162, 302 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5550699189c10ec78" w:history="1">
+      <w:hyperlink r:id="rId576669ac3fc815f4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3162</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11217,51 +11217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1659699189c10ed5a" w:history="1">
+      <w:hyperlink r:id="rId366969ac3fc816035" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11443,90 +11443,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 733-738. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7906699189c10eeca" w:history="1">
+      <w:hyperlink r:id="rId664369ac3fc8161c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01170.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3964124" name="name8188699189c10ef4a" descr="eu_funding_250.png"/>
+            <wp:docPr id="60105106" name="name988369ac3fc81664f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3657699189c10ef49" cstate="print"/>
+                    <a:blip r:embed="rId899769ac3fc81664e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11624,137 +11624,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15847706">
+  <w:abstractNum w:abstractNumId="48912292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88538320">
+    <w:lvl w:ilvl="0" w:tplc="14425407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88538320" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14425407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15847705">
+  <w:abstractNum w:abstractNumId="48912291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42666571">
+    <w:lvl w:ilvl="0" w:tplc="69244843">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12506,55 +12506,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15847705">
-    <w:abstractNumId w:val="15847705"/>
+  <w:num w:numId="48912291">
+    <w:abstractNumId w:val="48912291"/>
   </w:num>
-  <w:num w:numId="15847706">
-    <w:abstractNumId w:val="15847706"/>
+  <w:num w:numId="48912292">
+    <w:abstractNumId w:val="48912292"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24104,51 +24104,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283196254" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId134322370" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9797699189c108bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId6206699189c108c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId7944699189c109226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId8397699189c10ca12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId1488699189c10cc0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId6296699189c10e85d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId1303699189c10ebc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId5550699189c10ec78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId1659699189c10ed5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7906699189c10eeca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId4722699189c109117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4722699189c109117.jpg"/><Relationship Id="rId4947699189c10b200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4947699189c10b200.jpg"/><Relationship Id="rId3657699189c10ef49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3657699189c10ef49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534220974" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId961624741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId244269ac3fc80d204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/" TargetMode="External"/><Relationship Id="rId507869ac3fc80d270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/categorization" TargetMode="External"/><Relationship Id="rId155469ac3fc80da53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/photos" TargetMode="External"/><Relationship Id="rId265769ac3fc811a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects12060521" TargetMode="External"/><Relationship Id="rId143069ac3fc811b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4039/Ent1211027-11" TargetMode="External"/><Relationship Id="rId416969ac3fc815bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0151161" TargetMode="External"/><Relationship Id="rId874169ac3fc815e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.8927" TargetMode="External"/><Relationship Id="rId576669ac3fc815f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3162" TargetMode="External"/><Relationship Id="rId366969ac3fc816035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId664369ac3fc8161c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01170.x" TargetMode="External"/><Relationship Id="rId907769ac3fc80d909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId907769ac3fc80d909.jpg"/><Relationship Id="rId182969ac3fc80fde7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId182969ac3fc80fde7.jpg"/><Relationship Id="rId899769ac3fc81664e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId899769ac3fc81664e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>