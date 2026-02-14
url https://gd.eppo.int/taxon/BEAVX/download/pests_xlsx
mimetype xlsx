--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BEAVX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 ------- "Records of L. orbonalis on non-Solanaceae host plants appear to be incidental, and the species is unlikely to complete its life cycle on these plants"
 INTERNET
@@ -433,50 +433,65 @@
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PNSTLE</t>
   </si>
   <si>
     <t>Pentastiridius leporinus</t>
   </si>
   <si>
     <t>* Pfitzer R, Varrelmann M, Schrameyer K, Rostás M (2022) Life history traits and a method for continuous mass rearing of the planthopper Pentastiridius leporinus, a vector of the causal agent of syndrome ‘basses richesses’ in sugar beet. Pest Management Science. 78(11), 4700-4708.</t>
   </si>
   <si>
     <t>PHAEBR</t>
   </si>
   <si>
     <t>Phaedon brassicae</t>
   </si>
   <si>
+    <t>PHENSO</t>
+  </si>
+  <si>
+    <t>Phenacoccus solenopsis</t>
+  </si>
+  <si>
+    <t>* Rasha SA, Aida HM, Konper HM, Eman MA (2025) Efficacy of some chemicals and bioinsecticides against cotton mealybug Phenacoccus solenopsis (Hemiptera: Pseudococcidae) as a new recorded pest of sugar beet in Egypt. Egyptian Journal of Plant Protection Research Institute, 8(1), 50–57. https://doi.org/10.4314/ejppri.v8i1.7</t>
+  </si>
+  <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934
 ------- Beta vulgaris var.  saccharifera.</t>
   </si>
   <si>
     <t>PHYECR</t>
   </si>
   <si>
     <t>Phyllotreta cruciferae</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
@@ -570,56 +585,50 @@
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Dikova B (2006) Identification of Tobacco rattle virus (TRV) in sugar beet in Bulgaria, Biotechnology &amp; Biotechnological Equipment 20(3), 49-59.</t>
   </si>
   <si>
     <t>TBSV00</t>
   </si>
   <si>
     <t>Tombusvirus lycopersici</t>
   </si>
   <si>
     <t>* Ramachandran V, Wyatt N, Rivera Santiago E, Barth H, Bloomquist M, Weiland J, Bolton M (2022) First report of Tomato bushy stunt virus naturally infecting sugar beet in the United States. Plant Disease ('early view). https://doi.org/10.1094/PDIS-11-22-2530-PDN</t>
   </si>
   <si>
     <t>TRIHVI</t>
   </si>
   <si>
     <t>Trichodorus viruliferus</t>
   </si>
   <si>
-    <t>GNORAB</t>
-[...4 lines deleted...]
-  <si>
     <t>Major host</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum</t>
   </si>
   <si>
     <t>CLEOPU</t>
   </si>
   <si>
     <t>Asproparthenis punctiventris</t>
   </si>
   <si>
     <t>PYTOGA</t>
   </si>
   <si>
     <t>Autographa gamma</t>
   </si>
   <si>
     <t>BLCV00</t>
   </si>
   <si>
     <t>Beet leaf curl virus</t>
@@ -707,50 +716,53 @@
     <t>Meloidogyne fallax</t>
   </si>
   <si>
     <t>* Yu MH (2001) Registration of M6-1 root-knot nematode resistant sugarbeet germplasm. Crop Science 41, 278-279.</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>PLEOBJ</t>
   </si>
   <si>
     <t>Neocamarosporium betae</t>
   </si>
   <si>
     <t>PHTOOC</t>
   </si>
   <si>
     <t>Scrobipalpa ocellatella</t>
+  </si>
+  <si>
+    <t>* Ulatowska AK, Górski D, Bereś PK (2025) Beet moth (Scrobipalpa ocellatella [Boyd]): a review of bionomics, distribution, harmfulness, and control strategies. Journal of Plant Protection Research 65(4), 465–481. doi:10.24425/jppr.2025.156884.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>SPIRCI</t>
   </si>
   <si>
     <t>Spiroplasma citri (as Chenopodioideae)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1063,51 +1075,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1747,411 +1759,427 @@
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>37</v>
       </c>
       <c r="B49" t="s">
         <v>135</v>
       </c>
       <c r="C49" t="s">
         <v>136</v>
       </c>
       <c r="D49" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>37</v>
       </c>
       <c r="B50" t="s">
         <v>138</v>
       </c>
       <c r="C50" t="s">
         <v>139</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>37</v>
       </c>
       <c r="B51" t="s">
+        <v>140</v>
+      </c>
+      <c r="C51" t="s">
         <v>141</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>37</v>
       </c>
       <c r="B52" t="s">
+        <v>143</v>
+      </c>
+      <c r="C52" t="s">
         <v>144</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>37</v>
       </c>
       <c r="B53" t="s">
+        <v>146</v>
+      </c>
+      <c r="C53" t="s">
         <v>147</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>37</v>
       </c>
       <c r="B54" t="s">
+        <v>149</v>
+      </c>
+      <c r="C54" t="s">
         <v>150</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>37</v>
       </c>
       <c r="B55" t="s">
+        <v>152</v>
+      </c>
+      <c r="C55" t="s">
         <v>153</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>37</v>
       </c>
       <c r="B56" t="s">
+        <v>155</v>
+      </c>
+      <c r="C56" t="s">
         <v>156</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>157</v>
       </c>
-      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>37</v>
       </c>
       <c r="B57" t="s">
         <v>158</v>
       </c>
       <c r="C57" t="s">
         <v>159</v>
       </c>
       <c r="D57" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>37</v>
       </c>
       <c r="B58" t="s">
         <v>161</v>
       </c>
       <c r="C58" t="s">
         <v>162</v>
       </c>
-      <c r="D58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>37</v>
       </c>
       <c r="B59" t="s">
+        <v>163</v>
+      </c>
+      <c r="C59" t="s">
         <v>164</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>165</v>
       </c>
-      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>37</v>
       </c>
       <c r="B60" t="s">
         <v>166</v>
       </c>
       <c r="C60" t="s">
         <v>167</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>168</v>
+        <v>37</v>
       </c>
       <c r="B61" t="s">
         <v>169</v>
       </c>
       <c r="C61" t="s">
         <v>170</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B62" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B63" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B64" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C64" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>177</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B65" t="s">
         <v>178</v>
       </c>
       <c r="C65" t="s">
         <v>179</v>
       </c>
       <c r="D65" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B66" t="s">
         <v>181</v>
       </c>
       <c r="C66" t="s">
         <v>182</v>
       </c>
       <c r="D66" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B67" t="s">
         <v>184</v>
       </c>
       <c r="C67" t="s">
         <v>185</v>
       </c>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B68" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C68" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D68" t="s">
         <v>188</v>
       </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B69" t="s">
         <v>189</v>
       </c>
       <c r="C69" t="s">
         <v>190</v>
       </c>
       <c r="D69" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B70" t="s">
         <v>192</v>
       </c>
       <c r="C70" t="s">
         <v>193</v>
       </c>
       <c r="D70" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B71" t="s">
         <v>195</v>
       </c>
       <c r="C71" t="s">
         <v>196</v>
       </c>
       <c r="D71" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B72" t="s">
         <v>198</v>
       </c>
       <c r="C72" t="s">
         <v>199</v>
       </c>
       <c r="D72" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B73" t="s">
         <v>201</v>
       </c>
       <c r="C73" t="s">
         <v>202</v>
       </c>
       <c r="D73" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B74" t="s">
         <v>204</v>
       </c>
       <c r="C74" t="s">
         <v>205</v>
       </c>
       <c r="D74" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B75" t="s">
         <v>207</v>
       </c>
       <c r="C75" t="s">
         <v>208</v>
       </c>
-      <c r="D75"/>
+      <c r="D75" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B76" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C76" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="B77" t="s">
         <v>212</v>
       </c>
       <c r="C77" t="s">
         <v>213</v>
       </c>
-      <c r="D77"/>
+      <c r="D77" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>215</v>
+      </c>
+      <c r="B78" t="s">
+        <v>216</v>
+      </c>
+      <c r="C78" t="s">
+        <v>217</v>
+      </c>
+      <c r="D78"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>