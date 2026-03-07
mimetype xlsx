--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BEAVX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 ------- "Records of L. orbonalis on non-Solanaceae host plants appear to be incidental, and the species is unlikely to complete its life cycle on these plants"
 INTERNET
@@ -103,50 +103,60 @@
   </si>
   <si>
     <t>BSMV00</t>
   </si>
   <si>
     <t>Hordeivirus hordei</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range and properties of potato black ringspot virus. Annals of Applied Biology 90, 375-386.
 ------- PBRSV.</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* El-Deen Abd El-Wahab AS, Abdel-Kader El-Sheikh M, Elnagar S (2011) First record of Frankliniella occidentalis and Impatiens necrotic spot virus in Egypt. Journal of Life Sciences 5, 690-696.</t>
+  </si>
+  <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------no oviposition observed. </t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum</t>
   </si>
   <si>
     <t xml:space="preserve">* Hagley EAC (1965) On the life history and habits of the palm weevil, Rhynchophorus palmarum. Annals of the Entomological Society of America 58(1), 22-28.
 ------- Adult feeding.
 * Wattanapongsiri A (1966) A revision of the genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.
 </t>
   </si>
   <si>
     <t>PVT000</t>
   </si>
   <si>
     <t>Tepovirus tafsolani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range, purification and properties of potato virus T. Annals of Applied Biology 89, 223-235.</t>
   </si>
   <si>
     <t>XANTPH</t>
   </si>
@@ -440,56 +450,50 @@
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PNSTLE</t>
   </si>
   <si>
     <t>Pentastiridius leporinus</t>
   </si>
   <si>
     <t>* Pfitzer R, Varrelmann M, Schrameyer K, Rostás M (2022) Life history traits and a method for continuous mass rearing of the planthopper Pentastiridius leporinus, a vector of the causal agent of syndrome ‘basses richesses’ in sugar beet. Pest Management Science. 78(11), 4700-4708.</t>
   </si>
   <si>
     <t>PHAEBR</t>
   </si>
   <si>
     <t>Phaedon brassicae</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* Rasha SA, Aida HM, Konper HM, Eman MA (2025) Efficacy of some chemicals and bioinsecticides against cotton mealybug Phenacoccus solenopsis (Hemiptera: Pseudococcidae) as a new recorded pest of sugar beet in Egypt. Egyptian Journal of Plant Protection Research Institute, 8(1), 50–57. https://doi.org/10.4314/ejppri.v8i1.7</t>
-  </si>
-[...4 lines deleted...]
-    <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934
 ------- Beta vulgaris var.  saccharifera.</t>
   </si>
   <si>
     <t>PHYECR</t>
   </si>
   <si>
     <t>Phyllotreta cruciferae</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
@@ -1255,929 +1259,931 @@
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" t="s">
         <v>37</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>38</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>39</v>
       </c>
-      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>44</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>52</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s">
         <v>60</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>63</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>80</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" t="s">
         <v>82</v>
       </c>
       <c r="D29" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B30" t="s">
         <v>84</v>
       </c>
       <c r="C30" t="s">
         <v>85</v>
       </c>
       <c r="D30" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B31" t="s">
         <v>87</v>
       </c>
       <c r="C31" t="s">
         <v>88</v>
       </c>
       <c r="D31" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B32" t="s">
         <v>90</v>
       </c>
       <c r="C32" t="s">
         <v>91</v>
       </c>
       <c r="D32" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
       <c r="C34" t="s">
         <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B35" t="s">
         <v>99</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
       <c r="D35" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B36" t="s">
         <v>102</v>
       </c>
       <c r="C36" t="s">
         <v>103</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>106</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B38" t="s">
         <v>107</v>
       </c>
       <c r="C38" t="s">
         <v>108</v>
       </c>
       <c r="D38" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
       <c r="C39" t="s">
         <v>111</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>116</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B42" t="s">
         <v>117</v>
       </c>
       <c r="C42" t="s">
         <v>118</v>
       </c>
       <c r="D42" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B43" t="s">
         <v>120</v>
       </c>
       <c r="C43" t="s">
         <v>121</v>
       </c>
       <c r="D43" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B44" t="s">
         <v>123</v>
       </c>
       <c r="C44" t="s">
         <v>124</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C45" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>127</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B46" t="s">
         <v>128</v>
       </c>
       <c r="C46" t="s">
         <v>129</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B47" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C47" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D47" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C49" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D52" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B53" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C53" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D53" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D54" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D55" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D56" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B57" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C57" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C58" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D59" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D60" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B61" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C62" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B64" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B65" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C65" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B66" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C66" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D66" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B67" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C67" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D67" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B68" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C68" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B69" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C69" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D69" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B70" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C70" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D70" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B71" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C71" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D71" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B72" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C72" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B73" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C73" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D74" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B75" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C75" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D75" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B76" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C76" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B77" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C77" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D77" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B78" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C78" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D78"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>