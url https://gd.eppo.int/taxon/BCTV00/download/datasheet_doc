--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -545,51 +545,51 @@
               <w:t xml:space="preserve">Worland 4 BCTV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly leaf of sugarbeet, curly top of beet, curly top of sugarbeet, green dwarf of potato, western yellow blight, yellows of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467868e8870d5304b" w:history="1">
+            <w:hyperlink r:id="rId954969030e48648db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -605,51 +605,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId849568e8870d530b8" w:history="1">
+            <w:hyperlink r:id="rId734869030e4864951" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -663,86 +663,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9823976" name="name175268e8870d53940" descr="276.jpg"/>
+                  <wp:docPr id="53446934" name="name853669030e486525c" descr="276.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="276.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId136968e8870d5393f" cstate="print"/>
+                          <a:blip r:embed="rId557269030e486525a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId734268e8870d53abf" w:history="1">
+            <w:hyperlink r:id="rId616469030e4865332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2717,63 +2717,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BCTV is thought to have originated in the eastern Mediterranean area and to have spread from there to America (Bennett, 1971). The virus has been widely recorded from Canada to Mexico, and there are also records in other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28189824" name="name775868e8870d556cb" descr="BCTV00_distribution_map.jpg"/>
+            <wp:docPr id="98415952" name="name389469030e4867090" descr="BCTV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId308068e8870d556c8" cstate="print"/>
+                    <a:blip r:embed="rId434969030e486708e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4105,51 +4105,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 7, 81 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CDFA (2019) Curly top Virus: Program Details. California Department of Food and Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289268e8870d56274" w:history="1">
+      <w:hyperlink r:id="rId922869030e4867adc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4862,51 +4862,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId562468e8870d5673d" w:history="1">
+      <w:hyperlink r:id="rId572569030e4867f95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5911,51 +5911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 6515. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431868e8870d56e91" w:history="1">
+      <w:hyperlink r:id="rId123569030e4868603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms24076515</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6021,51 +6021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtovirus betae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327968e8870d56f77" w:history="1">
+      <w:hyperlink r:id="rId446769030e48686c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6213,63 +6213,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84992220" name="name820968e8870d576a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="3780993" name="name177669030e4868b37" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId886868e8870d576a5" cstate="print"/>
+                    <a:blip r:embed="rId734069030e4868b35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28150890">
+  <w:abstractNum w:abstractNumId="91584733">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64712835">
+    <w:lvl w:ilvl="0" w:tplc="50442270">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64712835" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50442270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28150889">
+  <w:abstractNum w:abstractNumId="91584732">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74248423">
+    <w:lvl w:ilvl="0" w:tplc="75974818">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28150889">
-    <w:abstractNumId w:val="28150889"/>
+  <w:num w:numId="91584732">
+    <w:abstractNumId w:val="91584732"/>
   </w:num>
-  <w:num w:numId="28150890">
-    <w:abstractNumId w:val="28150890"/>
+  <w:num w:numId="91584733">
+    <w:abstractNumId w:val="91584733"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId897959131" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669833118" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId467868e8870d5304b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId849568e8870d530b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId734268e8870d53abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId289268e8870d56274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId562468e8870d5673d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId431868e8870d56e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId327968e8870d56f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId136968e8870d5393f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId136968e8870d5393f.jpg"/><Relationship Id="rId308068e8870d556c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308068e8870d556c8.jpg"/><Relationship Id="rId886868e8870d576a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886868e8870d576a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190241774" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId413609232" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId954969030e48648db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId734869030e4864951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId616469030e4865332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId922869030e4867adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId572569030e4867f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId123569030e4868603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId446769030e48686c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId557269030e486525a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId557269030e486525a.jpg"/><Relationship Id="rId434969030e486708e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434969030e486708e.jpg"/><Relationship Id="rId734069030e4868b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734069030e4868b35.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>