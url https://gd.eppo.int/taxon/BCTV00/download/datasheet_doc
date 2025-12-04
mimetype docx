--- v1 (2025-10-30)
+++ v2 (2025-12-04)
@@ -545,51 +545,51 @@
               <w:t xml:space="preserve">Worland 4 BCTV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly leaf of sugarbeet, curly top of beet, curly top of sugarbeet, green dwarf of potato, western yellow blight, yellows of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId954969030e48648db" w:history="1">
+            <w:hyperlink r:id="rId879769310807e53b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -605,51 +605,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId734869030e4864951" w:history="1">
+            <w:hyperlink r:id="rId617969310807e541d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -663,86 +663,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53446934" name="name853669030e486525c" descr="276.jpg"/>
+                  <wp:docPr id="15438187" name="name816369310807e5e31" descr="276.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="276.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId557269030e486525a" cstate="print"/>
+                          <a:blip r:embed="rId154369310807e5e2f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId616469030e4865332" w:history="1">
+            <w:hyperlink r:id="rId576269310807e5fc0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2717,63 +2717,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BCTV is thought to have originated in the eastern Mediterranean area and to have spread from there to America (Bennett, 1971). The virus has been widely recorded from Canada to Mexico, and there are also records in other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98415952" name="name389469030e4867090" descr="BCTV00_distribution_map.jpg"/>
+            <wp:docPr id="4616265" name="name413669310807e7c5f" descr="BCTV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId434969030e486708e" cstate="print"/>
+                    <a:blip r:embed="rId171169310807e7c5c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4105,51 +4105,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 7, 81 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CDFA (2019) Curly top Virus: Program Details. California Department of Food and Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922869030e4867adc" w:history="1">
+      <w:hyperlink r:id="rId482869310807e8876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4862,51 +4862,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572569030e4867f95" w:history="1">
+      <w:hyperlink r:id="rId108169310807e8dbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5911,51 +5911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 6515. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123569030e4868603" w:history="1">
+      <w:hyperlink r:id="rId522269310807e967f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms24076515</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6021,51 +6021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtovirus betae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446769030e48686c5" w:history="1">
+      <w:hyperlink r:id="rId688469310807e973c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6213,63 +6213,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3780993" name="name177669030e4868b37" descr="eu_funding_250.png"/>
+            <wp:docPr id="51915933" name="name779769310807e98ce" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId734069030e4868b35" cstate="print"/>
+                    <a:blip r:embed="rId332169310807e98cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91584733">
+  <w:abstractNum w:abstractNumId="15012536">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50442270">
+    <w:lvl w:ilvl="0" w:tplc="74095292">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50442270" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74095292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91584732">
+  <w:abstractNum w:abstractNumId="15012535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75974818">
+    <w:lvl w:ilvl="0" w:tplc="87895446">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91584732">
-    <w:abstractNumId w:val="91584732"/>
+  <w:num w:numId="15012535">
+    <w:abstractNumId w:val="15012535"/>
   </w:num>
-  <w:num w:numId="91584733">
-    <w:abstractNumId w:val="91584733"/>
+  <w:num w:numId="15012536">
+    <w:abstractNumId w:val="15012536"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190241774" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId413609232" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId954969030e48648db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId734869030e4864951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId616469030e4865332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId922869030e4867adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId572569030e4867f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId123569030e4868603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId446769030e48686c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId557269030e486525a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId557269030e486525a.jpg"/><Relationship Id="rId434969030e486708e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434969030e486708e.jpg"/><Relationship Id="rId734069030e4868b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734069030e4868b35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId355708628" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId127031119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId879769310807e53b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId617969310807e541d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId576269310807e5fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId482869310807e8876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId108169310807e8dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId522269310807e967f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId688469310807e973c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId154369310807e5e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154369310807e5e2f.jpg"/><Relationship Id="rId171169310807e7c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171169310807e7c5c.jpg"/><Relationship Id="rId332169310807e98cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId332169310807e98cd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>