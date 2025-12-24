--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -545,51 +545,51 @@
               <w:t xml:space="preserve">Worland 4 BCTV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly leaf of sugarbeet, curly top of beet, curly top of sugarbeet, green dwarf of potato, western yellow blight, yellows of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId879769310807e53b1" w:history="1">
+            <w:hyperlink r:id="rId1962694be0dcb2bd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -605,51 +605,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId617969310807e541d" w:history="1">
+            <w:hyperlink r:id="rId3037694be0dcb2c39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -663,86 +663,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15438187" name="name816369310807e5e31" descr="276.jpg"/>
+                  <wp:docPr id="35495742" name="name8379694be0dcb326e" descr="276.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="276.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId154369310807e5e2f" cstate="print"/>
+                          <a:blip r:embed="rId3511694be0dcb326c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId576269310807e5fc0" w:history="1">
+            <w:hyperlink r:id="rId3329694be0dcb335b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2717,63 +2717,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BCTV is thought to have originated in the eastern Mediterranean area and to have spread from there to America (Bennett, 1971). The virus has been widely recorded from Canada to Mexico, and there are also records in other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4616265" name="name413669310807e7c5f" descr="BCTV00_distribution_map.jpg"/>
+            <wp:docPr id="90543734" name="name1919694be0dcb4a9c" descr="BCTV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId171169310807e7c5c" cstate="print"/>
+                    <a:blip r:embed="rId2777694be0dcb4a99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4105,51 +4105,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 7, 81 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CDFA (2019) Curly top Virus: Program Details. California Department of Food and Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId482869310807e8876" w:history="1">
+      <w:hyperlink r:id="rId3799694be0dcb54ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4862,51 +4862,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108169310807e8dbd" w:history="1">
+      <w:hyperlink r:id="rId5442694be0dcb59b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5911,51 +5911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 6515. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522269310807e967f" w:history="1">
+      <w:hyperlink r:id="rId7458694be0dcb6060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms24076515</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6021,51 +6021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtovirus betae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId688469310807e973c" w:history="1">
+      <w:hyperlink r:id="rId6377694be0dcb6115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6213,63 +6213,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51915933" name="name779769310807e98ce" descr="eu_funding_250.png"/>
+            <wp:docPr id="13566776" name="name4078694be0dcb627d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId332169310807e98cd" cstate="print"/>
+                    <a:blip r:embed="rId2278694be0dcb627c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15012536">
+  <w:abstractNum w:abstractNumId="56840679">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74095292">
+    <w:lvl w:ilvl="0" w:tplc="58160077">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74095292" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58160077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15012535">
+  <w:abstractNum w:abstractNumId="56840678">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87895446">
+    <w:lvl w:ilvl="0" w:tplc="11647633">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15012535">
-    <w:abstractNumId w:val="15012535"/>
+  <w:num w:numId="56840678">
+    <w:abstractNumId w:val="56840678"/>
   </w:num>
-  <w:num w:numId="15012536">
-    <w:abstractNumId w:val="15012536"/>
+  <w:num w:numId="56840679">
+    <w:abstractNumId w:val="56840679"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId355708628" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId127031119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId879769310807e53b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId617969310807e541d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId576269310807e5fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId482869310807e8876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId108169310807e8dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId522269310807e967f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId688469310807e973c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId154369310807e5e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154369310807e5e2f.jpg"/><Relationship Id="rId171169310807e7c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171169310807e7c5c.jpg"/><Relationship Id="rId332169310807e98cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId332169310807e98cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218717021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId197238316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1962694be0dcb2bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId3037694be0dcb2c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId3329694be0dcb335b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId3799694be0dcb54ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId5442694be0dcb59b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7458694be0dcb6060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId6377694be0dcb6115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3511694be0dcb326c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3511694be0dcb326c.jpg"/><Relationship Id="rId2777694be0dcb4a99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2777694be0dcb4a99.jpg"/><Relationship Id="rId2278694be0dcb627c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2278694be0dcb627c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>