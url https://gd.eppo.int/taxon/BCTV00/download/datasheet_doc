--- v3 (2025-12-24)
+++ v4 (2026-02-01)
@@ -545,51 +545,51 @@
               <w:t xml:space="preserve">Worland 4 BCTV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly leaf of sugarbeet, curly top of beet, curly top of sugarbeet, green dwarf of potato, western yellow blight, yellows of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1962694be0dcb2bd0" w:history="1">
+            <w:hyperlink r:id="rId2739697fe3cc522fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -603,53 +603,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3037694be0dcb2c39" w:history="1">
+            <w:hyperlink r:id="rId1979697fe3cc52365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -663,86 +663,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35495742" name="name8379694be0dcb326e" descr="276.jpg"/>
+                  <wp:docPr id="29981534" name="name6599697fe3cc529ef" descr="276.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="276.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3511694be0dcb326c" cstate="print"/>
+                          <a:blip r:embed="rId7804697fe3cc529ec" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3329694be0dcb335b" w:history="1">
+            <w:hyperlink r:id="rId7914697fe3cc52b31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2717,63 +2717,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BCTV is thought to have originated in the eastern Mediterranean area and to have spread from there to America (Bennett, 1971). The virus has been widely recorded from Canada to Mexico, and there are also records in other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90543734" name="name1919694be0dcb4a9c" descr="BCTV00_distribution_map.jpg"/>
+            <wp:docPr id="58218949" name="name9206697fe3cc54180" descr="BCTV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2777694be0dcb4a99" cstate="print"/>
+                    <a:blip r:embed="rId9276697fe3cc5417c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4105,51 +4105,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 7, 81 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CDFA (2019) Curly top Virus: Program Details. California Department of Food and Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3799694be0dcb54ec" w:history="1">
+      <w:hyperlink r:id="rId5403697fe3cc54cef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4862,51 +4862,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5442694be0dcb59b2" w:history="1">
+      <w:hyperlink r:id="rId1839697fe3cc551d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5911,51 +5911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 6515. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7458694be0dcb6060" w:history="1">
+      <w:hyperlink r:id="rId6769697fe3cc55895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms24076515</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5999,73 +5999,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtovirus betae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6377694be0dcb6115" w:history="1">
+      <w:hyperlink r:id="rId7576697fe3cc5594e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6213,63 +6213,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13566776" name="name4078694be0dcb627d" descr="eu_funding_250.png"/>
+            <wp:docPr id="99668970" name="name6565697fe3cc55ae0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2278694be0dcb627c" cstate="print"/>
+                    <a:blip r:embed="rId2231697fe3cc55ade" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56840679">
+  <w:abstractNum w:abstractNumId="63187891">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58160077">
+    <w:lvl w:ilvl="0" w:tplc="46000472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58160077" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46000472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56840678">
+  <w:abstractNum w:abstractNumId="63187890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11647633">
+    <w:lvl w:ilvl="0" w:tplc="36031535">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56840678">
-    <w:abstractNumId w:val="56840678"/>
+  <w:num w:numId="63187890">
+    <w:abstractNumId w:val="63187890"/>
   </w:num>
-  <w:num w:numId="56840679">
-    <w:abstractNumId w:val="56840679"/>
+  <w:num w:numId="63187891">
+    <w:abstractNumId w:val="63187891"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218717021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId197238316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1962694be0dcb2bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId3037694be0dcb2c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId3329694be0dcb335b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId3799694be0dcb54ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId5442694be0dcb59b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7458694be0dcb6060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId6377694be0dcb6115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3511694be0dcb326c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3511694be0dcb326c.jpg"/><Relationship Id="rId2777694be0dcb4a99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2777694be0dcb4a99.jpg"/><Relationship Id="rId2278694be0dcb627c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2278694be0dcb627c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId550220097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId419899814" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2739697fe3cc522fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId1979697fe3cc52365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId7914697fe3cc52b31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId5403697fe3cc54cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId1839697fe3cc551d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6769697fe3cc55895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId7576697fe3cc5594e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7804697fe3cc529ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7804697fe3cc529ec.jpg"/><Relationship Id="rId9276697fe3cc5417c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9276697fe3cc5417c.jpg"/><Relationship Id="rId2231697fe3cc55ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2231697fe3cc55ade.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>