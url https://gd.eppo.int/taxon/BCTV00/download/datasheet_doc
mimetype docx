--- v4 (2026-02-01)
+++ v5 (2026-02-23)
@@ -545,51 +545,51 @@
               <w:t xml:space="preserve">Worland 4 BCTV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly leaf of sugarbeet, curly top of beet, curly top of sugarbeet, green dwarf of potato, western yellow blight, yellows of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2739697fe3cc522fc" w:history="1">
+            <w:hyperlink r:id="rId5726699bce57de69f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -605,51 +605,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1979697fe3cc52365" w:history="1">
+            <w:hyperlink r:id="rId5858699bce57de72a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -663,86 +663,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29981534" name="name6599697fe3cc529ef" descr="276.jpg"/>
+                  <wp:docPr id="52463912" name="name7984699bce57dedd7" descr="276.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="276.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7804697fe3cc529ec" cstate="print"/>
+                          <a:blip r:embed="rId1125699bce57dedd5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7914697fe3cc52b31" w:history="1">
+            <w:hyperlink r:id="rId7732699bce57def0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2717,63 +2717,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BCTV is thought to have originated in the eastern Mediterranean area and to have spread from there to America (Bennett, 1971). The virus has been widely recorded from Canada to Mexico, and there are also records in other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58218949" name="name9206697fe3cc54180" descr="BCTV00_distribution_map.jpg"/>
+            <wp:docPr id="52904509" name="name1138699bce57e0928" descr="BCTV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9276697fe3cc5417c" cstate="print"/>
+                    <a:blip r:embed="rId6097699bce57e0925" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4105,51 +4105,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 7, 81 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CDFA (2019) Curly top Virus: Program Details. California Department of Food and Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5403697fe3cc54cef" w:history="1">
+      <w:hyperlink r:id="rId9072699bce57e1422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4862,51 +4862,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1839697fe3cc551d8" w:history="1">
+      <w:hyperlink r:id="rId8008699bce57e1983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5911,51 +5911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 6515. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6769697fe3cc55895" w:history="1">
+      <w:hyperlink r:id="rId6995699bce57e2170" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms24076515</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6021,51 +6021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtovirus betae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7576697fe3cc5594e" w:history="1">
+      <w:hyperlink r:id="rId6126699bce57e2249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6213,63 +6213,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99668970" name="name6565697fe3cc55ae0" descr="eu_funding_250.png"/>
+            <wp:docPr id="58685583" name="name1183699bce57e23c7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2231697fe3cc55ade" cstate="print"/>
+                    <a:blip r:embed="rId6883699bce57e23c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63187891">
+  <w:abstractNum w:abstractNumId="72424869">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46000472">
+    <w:lvl w:ilvl="0" w:tplc="90931783">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46000472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90931783" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63187890">
+  <w:abstractNum w:abstractNumId="72424868">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36031535">
+    <w:lvl w:ilvl="0" w:tplc="96989722">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63187890">
-    <w:abstractNumId w:val="63187890"/>
+  <w:num w:numId="72424868">
+    <w:abstractNumId w:val="72424868"/>
   </w:num>
-  <w:num w:numId="63187891">
-    <w:abstractNumId w:val="63187891"/>
+  <w:num w:numId="72424869">
+    <w:abstractNumId w:val="72424869"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId550220097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId419899814" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2739697fe3cc522fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId1979697fe3cc52365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId7914697fe3cc52b31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId5403697fe3cc54cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId1839697fe3cc551d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6769697fe3cc55895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId7576697fe3cc5594e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7804697fe3cc529ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7804697fe3cc529ec.jpg"/><Relationship Id="rId9276697fe3cc5417c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9276697fe3cc5417c.jpg"/><Relationship Id="rId2231697fe3cc55ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2231697fe3cc55ade.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId243893344" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976860435" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5726699bce57de69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId5858699bce57de72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId7732699bce57def0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId9072699bce57e1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId8008699bce57e1983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6995699bce57e2170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId6126699bce57e2249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1125699bce57dedd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1125699bce57dedd5.jpg"/><Relationship Id="rId6097699bce57e0925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6097699bce57e0925.jpg"/><Relationship Id="rId6883699bce57e23c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6883699bce57e23c6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>