--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -545,51 +545,51 @@
               <w:t xml:space="preserve">Worland 4 BCTV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> curly leaf of sugarbeet, curly top of beet, curly top of sugarbeet, green dwarf of potato, western yellow blight, yellows of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5726699bce57de69f" w:history="1">
+            <w:hyperlink r:id="rId236569b73cfbb710d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -605,51 +605,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5858699bce57de72a" w:history="1">
+            <w:hyperlink r:id="rId724469b73cfbb7174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -663,86 +663,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52463912" name="name7984699bce57dedd7" descr="276.jpg"/>
+                  <wp:docPr id="72743643" name="name852969b73cfbb75de" descr="276.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="276.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1125699bce57dedd5" cstate="print"/>
+                          <a:blip r:embed="rId484469b73cfbb75dc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7732699bce57def0d" w:history="1">
+            <w:hyperlink r:id="rId302669b73cfbb76da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2717,63 +2717,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BCTV is thought to have originated in the eastern Mediterranean area and to have spread from there to America (Bennett, 1971). The virus has been widely recorded from Canada to Mexico, and there are also records in other parts of the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52904509" name="name1138699bce57e0928" descr="BCTV00_distribution_map.jpg"/>
+            <wp:docPr id="5037882" name="name598069b73cfbb8dc0" descr="BCTV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6097699bce57e0925" cstate="print"/>
+                    <a:blip r:embed="rId382969b73cfbb8dbd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4105,51 +4105,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 7, 81 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CDFA (2019) Curly top Virus: Program Details. California Department of Food and Agriculture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9072699bce57e1422" w:history="1">
+      <w:hyperlink r:id="rId815569b73cfbb9808" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4862,51 +4862,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8008699bce57e1983" w:history="1">
+      <w:hyperlink r:id="rId920169b73cfbb9cf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 28 March 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5911,51 +5911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 6515. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6995699bce57e2170" w:history="1">
+      <w:hyperlink r:id="rId794869b73cfbba393" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms24076515</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6021,51 +6021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtovirus betae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6126699bce57e2249" w:history="1">
+      <w:hyperlink r:id="rId723369b73cfbba44b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6213,63 +6213,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 157-162.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58685583" name="name1183699bce57e23c7" descr="eu_funding_250.png"/>
+            <wp:docPr id="92447666" name="name290569b73cfbba5c3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6883699bce57e23c6" cstate="print"/>
+                    <a:blip r:embed="rId379569b73cfbba5c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72424869">
+  <w:abstractNum w:abstractNumId="62394910">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90931783">
+    <w:lvl w:ilvl="0" w:tplc="10669112">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90931783" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10669112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72424868">
+  <w:abstractNum w:abstractNumId="62394909">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96989722">
+    <w:lvl w:ilvl="0" w:tplc="22549096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72424868">
-    <w:abstractNumId w:val="72424868"/>
+  <w:num w:numId="62394909">
+    <w:abstractNumId w:val="62394909"/>
   </w:num>
-  <w:num w:numId="72424869">
-    <w:abstractNumId w:val="72424869"/>
+  <w:num w:numId="62394910">
+    <w:abstractNumId w:val="62394910"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId243893344" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976860435" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5726699bce57de69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId5858699bce57de72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId7732699bce57def0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId9072699bce57e1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId8008699bce57e1983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6995699bce57e2170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId6126699bce57e2249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1125699bce57dedd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1125699bce57dedd5.jpg"/><Relationship Id="rId6097699bce57e0925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6097699bce57e0925.jpg"/><Relationship Id="rId6883699bce57e23c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6883699bce57e23c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId493168353" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845010411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId236569b73cfbb710d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/" TargetMode="External"/><Relationship Id="rId724469b73cfbb7174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/categorization" TargetMode="External"/><Relationship Id="rId302669b73cfbb76da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTV00/photos" TargetMode="External"/><Relationship Id="rId815569b73cfbb9808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/plant/ipc/curlytopvirus/ctv_hp.htm" TargetMode="External"/><Relationship Id="rId920169b73cfbb9cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId794869b73cfbba393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms24076515" TargetMode="External"/><Relationship Id="rId723369b73cfbba44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484469b73cfbb75dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484469b73cfbb75dc.jpg"/><Relationship Id="rId382969b73cfbb8dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId382969b73cfbb8dbd.jpg"/><Relationship Id="rId379569b73cfbba5c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379569b73cfbba5c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>