--- v0 (2025-10-04)
+++ v1 (2025-11-03)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Drew &amp; Hancock</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Tephritidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162768e095aa0a398" w:history="1">
+            <w:hyperlink r:id="rId6859690859c46573a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258668e095aa0a3ea" w:history="1">
+            <w:hyperlink r:id="rId3146690859c46577f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -646,63 +646,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014) in Vietnam it only occurs at higher elevations (between 1000 and 1500 m a.s.l.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92305993" name="name420368e095aa0b7cb" descr="BCTRPY_distribution_map.jpg"/>
+            <wp:docPr id="1666820" name="name3619690859c466b75" descr="BCTRPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId882068e095aa0b7c8" cstate="print"/>
+                    <a:blip r:embed="rId8528690859c466b72" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1821,51 +1821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245868e095aa0c3d8" w:history="1">
+      <w:hyperlink r:id="rId2842690859c4675ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera pyrifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654368e095aa0cad5" w:history="1">
+      <w:hyperlink r:id="rId9232690859c46799d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2580,63 +2580,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13866952" name="name653668e095aa0cc70" descr="eu_funding_250.png"/>
+            <wp:docPr id="2318789" name="name2724690859c467b05" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId292868e095aa0cc6e" cstate="print"/>
+                    <a:blip r:embed="rId8113690859c467b04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2734,137 +2734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20501702">
+  <w:abstractNum w:abstractNumId="99871278">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85537408">
+    <w:lvl w:ilvl="0" w:tplc="75712022">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85537408" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75712022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20501701">
+  <w:abstractNum w:abstractNumId="99871277">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34607756">
+    <w:lvl w:ilvl="0" w:tplc="83706945">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3616,55 +3616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20501701">
-    <w:abstractNumId w:val="20501701"/>
+  <w:num w:numId="99871277">
+    <w:abstractNumId w:val="99871277"/>
   </w:num>
-  <w:num w:numId="20501702">
-    <w:abstractNumId w:val="20501702"/>
+  <w:num w:numId="99871278">
+    <w:abstractNumId w:val="99871278"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15214,51 +15214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId952405839" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId788978117" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId162768e095aa0a398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId258668e095aa0a3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId245868e095aa0c3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId654368e095aa0cad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId882068e095aa0b7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId882068e095aa0b7c8.jpg"/><Relationship Id="rId292868e095aa0cc6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId292868e095aa0cc6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId331728639" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689653119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6859690859c46573a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId3146690859c46577f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId2842690859c4675ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId9232690859c46799d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8528690859c466b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8528690859c466b72.jpg"/><Relationship Id="rId8113690859c467b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8113690859c467b04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>