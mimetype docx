--- v1 (2025-11-03)
+++ v2 (2025-11-25)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Drew &amp; Hancock</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Tephritidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6859690859c46573a" w:history="1">
+            <w:hyperlink r:id="rId5059692591aaa079c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3146690859c46577f" w:history="1">
+            <w:hyperlink r:id="rId6084692591aaa07e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -646,63 +646,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014) in Vietnam it only occurs at higher elevations (between 1000 and 1500 m a.s.l.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1666820" name="name3619690859c466b75" descr="BCTRPY_distribution_map.jpg"/>
+            <wp:docPr id="40884181" name="name8211692591aaa1a7e" descr="BCTRPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8528690859c466b72" cstate="print"/>
+                    <a:blip r:embed="rId5629692591aaa1a7b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1821,51 +1821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2842690859c4675ae" w:history="1">
+      <w:hyperlink r:id="rId3291692591aaa245b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera pyrifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9232690859c46799d" w:history="1">
+      <w:hyperlink r:id="rId6525692591aaa283c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2580,63 +2580,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2318789" name="name2724690859c467b05" descr="eu_funding_250.png"/>
+            <wp:docPr id="49769405" name="name2357692591aaa29a0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8113690859c467b04" cstate="print"/>
+                    <a:blip r:embed="rId2075692591aaa299f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2734,137 +2734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99871278">
+  <w:abstractNum w:abstractNumId="89162856">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75712022">
+    <w:lvl w:ilvl="0" w:tplc="99852205">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75712022" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99852205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99871277">
+  <w:abstractNum w:abstractNumId="89162855">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83706945">
+    <w:lvl w:ilvl="0" w:tplc="69367548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3616,55 +3616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99871277">
-    <w:abstractNumId w:val="99871277"/>
+  <w:num w:numId="89162855">
+    <w:abstractNumId w:val="89162855"/>
   </w:num>
-  <w:num w:numId="99871278">
-    <w:abstractNumId w:val="99871278"/>
+  <w:num w:numId="89162856">
+    <w:abstractNumId w:val="89162856"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15214,51 +15214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId331728639" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689653119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6859690859c46573a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId3146690859c46577f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId2842690859c4675ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId9232690859c46799d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8528690859c466b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8528690859c466b72.jpg"/><Relationship Id="rId8113690859c467b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8113690859c467b04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId456855103" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId957400885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5059692591aaa079c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId6084692591aaa07e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId3291692591aaa245b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId6525692591aaa283c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5629692591aaa1a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5629692591aaa1a7b.jpg"/><Relationship Id="rId2075692591aaa299f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2075692591aaa299f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>