--- v2 (2025-11-25)
+++ v3 (2026-01-02)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Drew &amp; Hancock</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Tephritidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5059692591aaa079c" w:history="1">
+            <w:hyperlink r:id="rId626269573a0aef215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6084692591aaa07e1" w:history="1">
+            <w:hyperlink r:id="rId705469573a0aef259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -646,63 +646,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014) in Vietnam it only occurs at higher elevations (between 1000 and 1500 m a.s.l.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40884181" name="name8211692591aaa1a7e" descr="BCTRPY_distribution_map.jpg"/>
+            <wp:docPr id="17568168" name="name877069573a0af02b9" descr="BCTRPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5629692591aaa1a7b" cstate="print"/>
+                    <a:blip r:embed="rId629069573a0af02b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1821,51 +1821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3291692591aaa245b" w:history="1">
+      <w:hyperlink r:id="rId368669573a0af0c70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2399,73 +2399,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera pyrifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6525692591aaa283c" w:history="1">
+      <w:hyperlink r:id="rId327769573a0af1055" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2580,63 +2580,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49769405" name="name2357692591aaa29a0" descr="eu_funding_250.png"/>
+            <wp:docPr id="67898004" name="name955069573a0af11c8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2075692591aaa299f" cstate="print"/>
+                    <a:blip r:embed="rId491669573a0af11c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2734,137 +2734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89162856">
+  <w:abstractNum w:abstractNumId="96225171">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99852205">
+    <w:lvl w:ilvl="0" w:tplc="36514523">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99852205" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36514523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89162855">
+  <w:abstractNum w:abstractNumId="96225170">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69367548">
+    <w:lvl w:ilvl="0" w:tplc="89961485">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3616,55 +3616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89162855">
-    <w:abstractNumId w:val="89162855"/>
+  <w:num w:numId="96225170">
+    <w:abstractNumId w:val="96225170"/>
   </w:num>
-  <w:num w:numId="89162856">
-    <w:abstractNumId w:val="89162856"/>
+  <w:num w:numId="96225171">
+    <w:abstractNumId w:val="96225171"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15214,51 +15214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId456855103" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId957400885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5059692591aaa079c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId6084692591aaa07e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId3291692591aaa245b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId6525692591aaa283c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5629692591aaa1a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5629692591aaa1a7b.jpg"/><Relationship Id="rId2075692591aaa299f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2075692591aaa299f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId791580525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409775075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId626269573a0aef215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId705469573a0aef259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId368669573a0af0c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId327769573a0af1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId629069573a0af02b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId629069573a0af02b6.jpg"/><Relationship Id="rId491669573a0af11c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491669573a0af11c7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>