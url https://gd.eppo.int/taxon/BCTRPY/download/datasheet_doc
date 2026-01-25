--- v3 (2026-01-02)
+++ v4 (2026-01-25)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Drew &amp; Hancock</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Tephritidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId626269573a0aef215" w:history="1">
+            <w:hyperlink r:id="rId952069762e2cc6177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId705469573a0aef259" w:history="1">
+            <w:hyperlink r:id="rId857669762e2cc61be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -646,63 +646,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014) in Vietnam it only occurs at higher elevations (between 1000 and 1500 m a.s.l.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17568168" name="name877069573a0af02b9" descr="BCTRPY_distribution_map.jpg"/>
+            <wp:docPr id="96658105" name="name586969762e2cc7351" descr="BCTRPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId629069573a0af02b6" cstate="print"/>
+                    <a:blip r:embed="rId305569762e2cc733e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1821,51 +1821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368669573a0af0c70" w:history="1">
+      <w:hyperlink r:id="rId762069762e2cc7f98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera pyrifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327769573a0af1055" w:history="1">
+      <w:hyperlink r:id="rId767269762e2cc83a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2580,63 +2580,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67898004" name="name955069573a0af11c8" descr="eu_funding_250.png"/>
+            <wp:docPr id="44727845" name="name979369762e2cc8746" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId491669573a0af11c7" cstate="print"/>
+                    <a:blip r:embed="rId411769762e2cc8744" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2734,137 +2734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96225171">
+  <w:abstractNum w:abstractNumId="12639460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36514523">
+    <w:lvl w:ilvl="0" w:tplc="59187265">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36514523" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59187265" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96225170">
+  <w:abstractNum w:abstractNumId="12639459">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89961485">
+    <w:lvl w:ilvl="0" w:tplc="23076171">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3616,55 +3616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96225170">
-    <w:abstractNumId w:val="96225170"/>
+  <w:num w:numId="12639459">
+    <w:abstractNumId w:val="12639459"/>
   </w:num>
-  <w:num w:numId="96225171">
-    <w:abstractNumId w:val="96225171"/>
+  <w:num w:numId="12639460">
+    <w:abstractNumId w:val="12639460"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15214,51 +15214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId791580525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409775075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId626269573a0aef215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId705469573a0aef259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId368669573a0af0c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId327769573a0af1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId629069573a0af02b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId629069573a0af02b6.jpg"/><Relationship Id="rId491669573a0af11c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491669573a0af11c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480498285" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId221716727" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId952069762e2cc6177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId857669762e2cc61be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId762069762e2cc7f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId767269762e2cc83a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId305569762e2cc733e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId305569762e2cc733e.jpg"/><Relationship Id="rId411769762e2cc8744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411769762e2cc8744.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>