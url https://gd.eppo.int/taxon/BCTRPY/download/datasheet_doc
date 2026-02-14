--- v4 (2026-01-25)
+++ v5 (2026-02-14)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Drew &amp; Hancock</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Tephritidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId952069762e2cc6177" w:history="1">
+            <w:hyperlink r:id="rId74806990cf2e42ad1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId857669762e2cc61be" w:history="1">
+            <w:hyperlink r:id="rId94216990cf2e42b15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -646,63 +646,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014) in Vietnam it only occurs at higher elevations (between 1000 and 1500 m a.s.l.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96658105" name="name586969762e2cc7351" descr="BCTRPY_distribution_map.jpg"/>
+            <wp:docPr id="29492096" name="name93816990cf2e43762" descr="BCTRPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId305569762e2cc733e" cstate="print"/>
+                    <a:blip r:embed="rId79196990cf2e4375f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1821,51 +1821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId762069762e2cc7f98" w:history="1">
+      <w:hyperlink r:id="rId42676990cf2e440f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera pyrifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767269762e2cc83a9" w:history="1">
+      <w:hyperlink r:id="rId42906990cf2e444d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2580,63 +2580,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44727845" name="name979369762e2cc8746" descr="eu_funding_250.png"/>
+            <wp:docPr id="28282143" name="name84946990cf2e44637" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId411769762e2cc8744" cstate="print"/>
+                    <a:blip r:embed="rId96866990cf2e44636" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2734,137 +2734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12639460">
+  <w:abstractNum w:abstractNumId="80689847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59187265">
+    <w:lvl w:ilvl="0" w:tplc="62609910">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59187265" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62609910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12639459">
+  <w:abstractNum w:abstractNumId="80689846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23076171">
+    <w:lvl w:ilvl="0" w:tplc="66199121">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3616,55 +3616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12639459">
-    <w:abstractNumId w:val="12639459"/>
+  <w:num w:numId="80689846">
+    <w:abstractNumId w:val="80689846"/>
   </w:num>
-  <w:num w:numId="12639460">
-    <w:abstractNumId w:val="12639460"/>
+  <w:num w:numId="80689847">
+    <w:abstractNumId w:val="80689847"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15214,51 +15214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480498285" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId221716727" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId952069762e2cc6177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId857669762e2cc61be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId762069762e2cc7f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId767269762e2cc83a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId305569762e2cc733e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId305569762e2cc733e.jpg"/><Relationship Id="rId411769762e2cc8744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411769762e2cc8744.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId669264984" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId924266568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74806990cf2e42ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId94216990cf2e42b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId42676990cf2e440f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId42906990cf2e444d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79196990cf2e4375f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79196990cf2e4375f.jpg"/><Relationship Id="rId96866990cf2e44636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96866990cf2e44636.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>