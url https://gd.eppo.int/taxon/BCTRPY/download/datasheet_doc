--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Drew &amp; Hancock</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Tephritidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74806990cf2e42ad1" w:history="1">
+            <w:hyperlink r:id="rId532769abcb5050cfe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94216990cf2e42b15" w:history="1">
+            <w:hyperlink r:id="rId628269abcb5050d41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -646,63 +646,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014) in Vietnam it only occurs at higher elevations (between 1000 and 1500 m a.s.l.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29492096" name="name93816990cf2e43762" descr="BCTRPY_distribution_map.jpg"/>
+            <wp:docPr id="17869339" name="name955369abcb5051e47" descr="BCTRPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79196990cf2e4375f" cstate="print"/>
+                    <a:blip r:embed="rId289769abcb5051e44" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1821,51 +1821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42676990cf2e440f9" w:history="1">
+      <w:hyperlink r:id="rId496869abcb5052836" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera pyrifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42906990cf2e444d9" w:history="1">
+      <w:hyperlink r:id="rId903269abcb5052c0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2580,63 +2580,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28282143" name="name84946990cf2e44637" descr="eu_funding_250.png"/>
+            <wp:docPr id="55559093" name="name771869abcb5052d57" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96866990cf2e44636" cstate="print"/>
+                    <a:blip r:embed="rId486169abcb5052d56" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2734,137 +2734,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80689847">
+  <w:abstractNum w:abstractNumId="92259962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62609910">
+    <w:lvl w:ilvl="0" w:tplc="69089222">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62609910" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69089222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80689846">
+  <w:abstractNum w:abstractNumId="92259961">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66199121">
+    <w:lvl w:ilvl="0" w:tplc="49430668">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3616,55 +3616,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80689846">
-    <w:abstractNumId w:val="80689846"/>
+  <w:num w:numId="92259961">
+    <w:abstractNumId w:val="92259961"/>
   </w:num>
-  <w:num w:numId="80689847">
-    <w:abstractNumId w:val="80689847"/>
+  <w:num w:numId="92259962">
+    <w:abstractNumId w:val="92259962"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15214,51 +15214,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId669264984" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId924266568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74806990cf2e42ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId94216990cf2e42b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId42676990cf2e440f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId42906990cf2e444d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79196990cf2e4375f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79196990cf2e4375f.jpg"/><Relationship Id="rId96866990cf2e44636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96866990cf2e44636.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId719694946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId940230589" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId532769abcb5050cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/" TargetMode="External"/><Relationship Id="rId628269abcb5050d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRPY/categorization" TargetMode="External"/><Relationship Id="rId496869abcb5052836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId903269abcb5052c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId289769abcb5051e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId289769abcb5051e44.jpg"/><Relationship Id="rId486169abcb5052d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId486169abcb5052d56.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>