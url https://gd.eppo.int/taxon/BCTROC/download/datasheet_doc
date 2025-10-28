--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306168e095a274a3a" w:history="1">
+            <w:hyperlink r:id="rId86326900b5b77fec3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId954568e095a274a80" w:history="1">
+            <w:hyperlink r:id="rId38686900b5b77ff09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId688568e095a274d9f" w:history="1">
+      <w:hyperlink r:id="rId66056900b5b780225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId659168e095a274dc2" w:history="1"/>
+      <w:hyperlink r:id="rId95076900b5b780249" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51709635" name="name995668e095a275ebc" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="84016968" name="name80476900b5b78130a" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId340668e095a275eb9" cstate="print"/>
+                    <a:blip r:embed="rId48686900b5b781308" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId152668e095a276582" w:history="1">
+      <w:hyperlink r:id="rId96836900b5b78189a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298368e095a276a7d" w:history="1">
+      <w:hyperlink r:id="rId34616900b5b781c1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761168e095a276c40" w:history="1">
+      <w:hyperlink r:id="rId14736900b5b781dd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199068e095a276d63" w:history="1">
+      <w:hyperlink r:id="rId25986900b5b781f0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476368e095a276e1a" w:history="1">
+      <w:hyperlink r:id="rId89106900b5b781fc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57056962" name="name715868e095a27701e" descr="eu_funding_250.png"/>
+            <wp:docPr id="71118935" name="name39076900b5b782122" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId195968e095a27701c" cstate="print"/>
+                    <a:blip r:embed="rId29406900b5b782120" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74223674">
+  <w:abstractNum w:abstractNumId="74052697">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48659200">
+    <w:lvl w:ilvl="0" w:tplc="17458317">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48659200" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17458317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74223673">
+  <w:abstractNum w:abstractNumId="74052696">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82746125">
+    <w:lvl w:ilvl="0" w:tplc="19956241">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74223673">
-    <w:abstractNumId w:val="74223673"/>
+  <w:num w:numId="74052696">
+    <w:abstractNumId w:val="74052696"/>
   </w:num>
-  <w:num w:numId="74223674">
-    <w:abstractNumId w:val="74223674"/>
+  <w:num w:numId="74052697">
+    <w:abstractNumId w:val="74052697"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752202684" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId292246257" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId306168e095a274a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId954568e095a274a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId688568e095a274d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId659168e095a274dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId152668e095a276582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId298368e095a276a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId761168e095a276c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId199068e095a276d63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId476368e095a276e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId340668e095a275eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340668e095a275eb9.jpg"/><Relationship Id="rId195968e095a27701c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId195968e095a27701c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349479100" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId547419216" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86326900b5b77fec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId38686900b5b77ff09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId66056900b5b780225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId95076900b5b780249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId96836900b5b78189a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId34616900b5b781c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId14736900b5b781dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId25986900b5b781f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId89106900b5b781fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48686900b5b781308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48686900b5b781308.jpg"/><Relationship Id="rId29406900b5b782120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29406900b5b782120.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>