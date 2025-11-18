--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86326900b5b77fec3" w:history="1">
+            <w:hyperlink r:id="rId4333691c87586b9a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38686900b5b77ff09" w:history="1">
+            <w:hyperlink r:id="rId3903691c87586b9f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66056900b5b780225" w:history="1">
+      <w:hyperlink r:id="rId8643691c87586c084" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId95076900b5b780249" w:history="1"/>
+      <w:hyperlink r:id="rId6387691c87586c0ac" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84016968" name="name80476900b5b78130a" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="45809068" name="name5788691c87586cad8" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48686900b5b781308" cstate="print"/>
+                    <a:blip r:embed="rId6584691c87586cad5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId96836900b5b78189a" w:history="1">
+      <w:hyperlink r:id="rId7263691c87586d070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34616900b5b781c1a" w:history="1">
+      <w:hyperlink r:id="rId5995691c87586d458" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14736900b5b781dd5" w:history="1">
+      <w:hyperlink r:id="rId2317691c87586d630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25986900b5b781f0d" w:history="1">
+      <w:hyperlink r:id="rId5809691c87586d76b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89106900b5b781fc4" w:history="1">
+      <w:hyperlink r:id="rId7129691c87586d823" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71118935" name="name39076900b5b782122" descr="eu_funding_250.png"/>
+            <wp:docPr id="77288524" name="name8653691c87586d978" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29406900b5b782120" cstate="print"/>
+                    <a:blip r:embed="rId8911691c87586d977" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74052697">
+  <w:abstractNum w:abstractNumId="60002080">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17458317">
+    <w:lvl w:ilvl="0" w:tplc="13210385">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17458317" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13210385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74052696">
+  <w:abstractNum w:abstractNumId="60002079">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19956241">
+    <w:lvl w:ilvl="0" w:tplc="54272467">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74052696">
-    <w:abstractNumId w:val="74052696"/>
+  <w:num w:numId="60002079">
+    <w:abstractNumId w:val="60002079"/>
   </w:num>
-  <w:num w:numId="74052697">
-    <w:abstractNumId w:val="74052697"/>
+  <w:num w:numId="60002080">
+    <w:abstractNumId w:val="60002080"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349479100" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId547419216" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86326900b5b77fec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId38686900b5b77ff09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId66056900b5b780225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId95076900b5b780249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId96836900b5b78189a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId34616900b5b781c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId14736900b5b781dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId25986900b5b781f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId89106900b5b781fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48686900b5b781308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48686900b5b781308.jpg"/><Relationship Id="rId29406900b5b782120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29406900b5b782120.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839844465" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId918898728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4333691c87586b9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId3903691c87586b9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId8643691c87586c084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId6387691c87586c0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId7263691c87586d070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId5995691c87586d458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2317691c87586d630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5809691c87586d76b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId7129691c87586d823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6584691c87586cad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6584691c87586cad5.jpg"/><Relationship Id="rId8911691c87586d977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8911691c87586d977.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>