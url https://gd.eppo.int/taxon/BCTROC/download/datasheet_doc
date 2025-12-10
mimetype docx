--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4333691c87586b9a2" w:history="1">
+            <w:hyperlink r:id="rId28686939a6f9b0cca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3903691c87586b9f4" w:history="1">
+            <w:hyperlink r:id="rId50956939a6f9b0d10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8643691c87586c084" w:history="1">
+      <w:hyperlink r:id="rId62336939a6f9b103e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6387691c87586c0ac" w:history="1"/>
+      <w:hyperlink r:id="rId64326939a6f9b1061" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45809068" name="name5788691c87586cad8" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="80682889" name="name78586939a6f9b20df" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6584691c87586cad5" cstate="print"/>
+                    <a:blip r:embed="rId11526939a6f9b20db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7263691c87586d070" w:history="1">
+      <w:hyperlink r:id="rId35716939a6f9b2670" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5995691c87586d458" w:history="1">
+      <w:hyperlink r:id="rId86176939a6f9b2a01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2317691c87586d630" w:history="1">
+      <w:hyperlink r:id="rId51276939a6f9b2be0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5809691c87586d76b" w:history="1">
+      <w:hyperlink r:id="rId18366939a6f9b2d06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7129691c87586d823" w:history="1">
+      <w:hyperlink r:id="rId99416939a6f9b2dc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77288524" name="name8653691c87586d978" descr="eu_funding_250.png"/>
+            <wp:docPr id="96810517" name="name19046939a6f9b2f3c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8911691c87586d977" cstate="print"/>
+                    <a:blip r:embed="rId62796939a6f9b2f3a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60002080">
+  <w:abstractNum w:abstractNumId="57137171">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13210385">
+    <w:lvl w:ilvl="0" w:tplc="49946418">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13210385" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49946418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60002079">
+  <w:abstractNum w:abstractNumId="57137170">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54272467">
+    <w:lvl w:ilvl="0" w:tplc="45030359">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60002079">
-    <w:abstractNumId w:val="60002079"/>
+  <w:num w:numId="57137170">
+    <w:abstractNumId w:val="57137170"/>
   </w:num>
-  <w:num w:numId="60002080">
-    <w:abstractNumId w:val="60002080"/>
+  <w:num w:numId="57137171">
+    <w:abstractNumId w:val="57137171"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839844465" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId918898728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4333691c87586b9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId3903691c87586b9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId8643691c87586c084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId6387691c87586c0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId7263691c87586d070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId5995691c87586d458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2317691c87586d630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5809691c87586d76b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId7129691c87586d823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6584691c87586cad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6584691c87586cad5.jpg"/><Relationship Id="rId8911691c87586d977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8911691c87586d977.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762350315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId286006643" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28686939a6f9b0cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId50956939a6f9b0d10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId62336939a6f9b103e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId64326939a6f9b1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId35716939a6f9b2670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId86176939a6f9b2a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId51276939a6f9b2be0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId18366939a6f9b2d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId99416939a6f9b2dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11526939a6f9b20db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11526939a6f9b20db.jpg"/><Relationship Id="rId62796939a6f9b2f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62796939a6f9b2f3a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>