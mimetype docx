--- v3 (2025-12-10)
+++ v4 (2025-12-31)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28686939a6f9b0cca" w:history="1">
+            <w:hyperlink r:id="rId620169550427db1a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50956939a6f9b0d10" w:history="1">
+            <w:hyperlink r:id="rId115669550427db1eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62336939a6f9b103e" w:history="1">
+      <w:hyperlink r:id="rId625269550427db4ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId64326939a6f9b1061" w:history="1"/>
+      <w:hyperlink r:id="rId219669550427db523" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80682889" name="name78586939a6f9b20df" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="64067005" name="name803569550427dc43d" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11526939a6f9b20db" cstate="print"/>
+                    <a:blip r:embed="rId591669550427dc43a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId35716939a6f9b2670" w:history="1">
+      <w:hyperlink r:id="rId429169550427dc996" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86176939a6f9b2a01" w:history="1">
+      <w:hyperlink r:id="rId741469550427dcd51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51276939a6f9b2be0" w:history="1">
+      <w:hyperlink r:id="rId211569550427dcefe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18366939a6f9b2d06" w:history="1">
+      <w:hyperlink r:id="rId255069550427dd01a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99416939a6f9b2dc2" w:history="1">
+      <w:hyperlink r:id="rId774069550427dd0d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96810517" name="name19046939a6f9b2f3c" descr="eu_funding_250.png"/>
+            <wp:docPr id="75147987" name="name107169550427dd215" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62796939a6f9b2f3a" cstate="print"/>
+                    <a:blip r:embed="rId117769550427dd214" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57137171">
+  <w:abstractNum w:abstractNumId="57421663">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49946418">
+    <w:lvl w:ilvl="0" w:tplc="97928274">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49946418" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97928274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57137170">
+  <w:abstractNum w:abstractNumId="57421662">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45030359">
+    <w:lvl w:ilvl="0" w:tplc="21750723">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57137170">
-    <w:abstractNumId w:val="57137170"/>
+  <w:num w:numId="57421662">
+    <w:abstractNumId w:val="57421662"/>
   </w:num>
-  <w:num w:numId="57137171">
-    <w:abstractNumId w:val="57137171"/>
+  <w:num w:numId="57421663">
+    <w:abstractNumId w:val="57421663"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId762350315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId286006643" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28686939a6f9b0cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId50956939a6f9b0d10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId62336939a6f9b103e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId64326939a6f9b1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId35716939a6f9b2670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId86176939a6f9b2a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId51276939a6f9b2be0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId18366939a6f9b2d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId99416939a6f9b2dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11526939a6f9b20db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11526939a6f9b20db.jpg"/><Relationship Id="rId62796939a6f9b2f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62796939a6f9b2f3a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId314600389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475484134" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId620169550427db1a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId115669550427db1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId625269550427db4ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId219669550427db523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId429169550427dc996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId741469550427dcd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId211569550427dcefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId255069550427dd01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId774069550427dd0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId591669550427dc43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591669550427dc43a.jpg"/><Relationship Id="rId117769550427dd214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117769550427dd214.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>