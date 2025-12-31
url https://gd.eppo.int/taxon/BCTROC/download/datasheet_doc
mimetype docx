--- v4 (2025-12-31)
+++ v5 (2025-12-31)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620169550427db1a6" w:history="1">
+            <w:hyperlink r:id="rId358469551ab7b7599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115669550427db1eb" w:history="1">
+            <w:hyperlink r:id="rId360769551ab7b75dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625269550427db4ff" w:history="1">
+      <w:hyperlink r:id="rId369369551ab7b78ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId219669550427db523" w:history="1"/>
+      <w:hyperlink r:id="rId219369551ab7b7911" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64067005" name="name803569550427dc43d" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="89680876" name="name369069551ab7b894f" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId591669550427dc43a" cstate="print"/>
+                    <a:blip r:embed="rId535769551ab7b894d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId429169550427dc996" w:history="1">
+      <w:hyperlink r:id="rId330269551ab7b8f07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741469550427dcd51" w:history="1">
+      <w:hyperlink r:id="rId469369551ab7b927f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211569550427dcefe" w:history="1">
+      <w:hyperlink r:id="rId926869551ab7b9436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255069550427dd01a" w:history="1">
+      <w:hyperlink r:id="rId998769551ab7b9552" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774069550427dd0d0" w:history="1">
+      <w:hyperlink r:id="rId447769551ab7b9604" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75147987" name="name107169550427dd215" descr="eu_funding_250.png"/>
+            <wp:docPr id="39086750" name="name455069551ab7b9752" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId117769550427dd214" cstate="print"/>
+                    <a:blip r:embed="rId950369551ab7b9751" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57421663">
+  <w:abstractNum w:abstractNumId="66106837">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97928274">
+    <w:lvl w:ilvl="0" w:tplc="87925822">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97928274" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87925822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57421662">
+  <w:abstractNum w:abstractNumId="66106836">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21750723">
+    <w:lvl w:ilvl="0" w:tplc="17422383">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57421662">
-    <w:abstractNumId w:val="57421662"/>
+  <w:num w:numId="66106836">
+    <w:abstractNumId w:val="66106836"/>
   </w:num>
-  <w:num w:numId="57421663">
-    <w:abstractNumId w:val="57421663"/>
+  <w:num w:numId="66106837">
+    <w:abstractNumId w:val="66106837"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId314600389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475484134" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId620169550427db1a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId115669550427db1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId625269550427db4ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId219669550427db523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId429169550427dc996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId741469550427dcd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId211569550427dcefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId255069550427dd01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId774069550427dd0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId591669550427dc43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591669550427dc43a.jpg"/><Relationship Id="rId117769550427dd214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117769550427dd214.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561119331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId946544241" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId358469551ab7b7599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId360769551ab7b75dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId369369551ab7b78ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId219369551ab7b7911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId330269551ab7b8f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId469369551ab7b927f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId926869551ab7b9436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId998769551ab7b9552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId447769551ab7b9604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId535769551ab7b894d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535769551ab7b894d.jpg"/><Relationship Id="rId950369551ab7b9751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId950369551ab7b9751.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>