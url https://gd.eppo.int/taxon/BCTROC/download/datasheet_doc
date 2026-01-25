--- v5 (2025-12-31)
+++ v6 (2026-01-25)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358469551ab7b7599" w:history="1">
+            <w:hyperlink r:id="rId101369762d68d6f6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360769551ab7b75dd" w:history="1">
+            <w:hyperlink r:id="rId982669762d68d6faf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369369551ab7b78ed" w:history="1">
+      <w:hyperlink r:id="rId529069762d68d732a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId219369551ab7b7911" w:history="1"/>
+      <w:hyperlink r:id="rId947669762d68d734e" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89680876" name="name369069551ab7b894f" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="54558349" name="name556869762d68d7f82" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId535769551ab7b894d" cstate="print"/>
+                    <a:blip r:embed="rId922769762d68d7f80" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId330269551ab7b8f07" w:history="1">
+      <w:hyperlink r:id="rId841369762d68d8554" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469369551ab7b927f" w:history="1">
+      <w:hyperlink r:id="rId205969762d68d88d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926869551ab7b9436" w:history="1">
+      <w:hyperlink r:id="rId492469762d68d8a92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998769551ab7b9552" w:history="1">
+      <w:hyperlink r:id="rId888569762d68d8bb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2369,73 +2369,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447769551ab7b9604" w:history="1">
+      <w:hyperlink r:id="rId984569762d68d8c64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39086750" name="name455069551ab7b9752" descr="eu_funding_250.png"/>
+            <wp:docPr id="12221249" name="name599569762d68d8dc6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId950369551ab7b9751" cstate="print"/>
+                    <a:blip r:embed="rId143669762d68d8dc5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66106837">
+  <w:abstractNum w:abstractNumId="98109179">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87925822">
+    <w:lvl w:ilvl="0" w:tplc="45790590">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87925822" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45790590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66106836">
+  <w:abstractNum w:abstractNumId="98109178">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17422383">
+    <w:lvl w:ilvl="0" w:tplc="48335986">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66106836">
-    <w:abstractNumId w:val="66106836"/>
+  <w:num w:numId="98109178">
+    <w:abstractNumId w:val="98109178"/>
   </w:num>
-  <w:num w:numId="66106837">
-    <w:abstractNumId w:val="66106837"/>
+  <w:num w:numId="98109179">
+    <w:abstractNumId w:val="98109179"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561119331" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId946544241" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId358469551ab7b7599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId360769551ab7b75dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId369369551ab7b78ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId219369551ab7b7911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId330269551ab7b8f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId469369551ab7b927f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId926869551ab7b9436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId998769551ab7b9552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId447769551ab7b9604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId535769551ab7b894d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535769551ab7b894d.jpg"/><Relationship Id="rId950369551ab7b9751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId950369551ab7b9751.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId633656445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId961734880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId101369762d68d6f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId982669762d68d6faf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId529069762d68d732a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId947669762d68d734e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId841369762d68d8554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId205969762d68d88d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId492469762d68d8a92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId888569762d68d8bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId984569762d68d8c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId922769762d68d7f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId922769762d68d7f80.jpg"/><Relationship Id="rId143669762d68d8dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId143669762d68d8dc5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>