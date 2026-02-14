--- v6 (2026-01-25)
+++ v7 (2026-02-14)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101369762d68d6f6a" w:history="1">
+            <w:hyperlink r:id="rId25206990ce9e2f6dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId982669762d68d6faf" w:history="1">
+            <w:hyperlink r:id="rId18476990ce9e2f723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529069762d68d732a" w:history="1">
+      <w:hyperlink r:id="rId29166990ce9e2fa43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId947669762d68d734e" w:history="1"/>
+      <w:hyperlink r:id="rId24606990ce9e2fa69" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54558349" name="name556869762d68d7f82" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="4176295" name="name25716990ce9e30d2d" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId922769762d68d7f80" cstate="print"/>
+                    <a:blip r:embed="rId61356990ce9e30d2b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId841369762d68d8554" w:history="1">
+      <w:hyperlink r:id="rId95026990ce9e3124f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205969762d68d88d7" w:history="1">
+      <w:hyperlink r:id="rId40256990ce9e315e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492469762d68d8a92" w:history="1">
+      <w:hyperlink r:id="rId51056990ce9e31792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888569762d68d8bb0" w:history="1">
+      <w:hyperlink r:id="rId49306990ce9e318b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984569762d68d8c64" w:history="1">
+      <w:hyperlink r:id="rId13346990ce9e31965" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12221249" name="name599569762d68d8dc6" descr="eu_funding_250.png"/>
+            <wp:docPr id="54016631" name="name82876990ce9e31ab0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId143669762d68d8dc5" cstate="print"/>
+                    <a:blip r:embed="rId92306990ce9e31aae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98109179">
+  <w:abstractNum w:abstractNumId="56392911">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45790590">
+    <w:lvl w:ilvl="0" w:tplc="76682418">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45790590" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76682418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98109178">
+  <w:abstractNum w:abstractNumId="56392910">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48335986">
+    <w:lvl w:ilvl="0" w:tplc="43807992">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98109178">
-    <w:abstractNumId w:val="98109178"/>
+  <w:num w:numId="56392910">
+    <w:abstractNumId w:val="56392910"/>
   </w:num>
-  <w:num w:numId="98109179">
-    <w:abstractNumId w:val="98109179"/>
+  <w:num w:numId="56392911">
+    <w:abstractNumId w:val="56392911"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId633656445" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId961734880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId101369762d68d6f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId982669762d68d6faf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId529069762d68d732a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId947669762d68d734e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId841369762d68d8554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId205969762d68d88d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId492469762d68d8a92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId888569762d68d8bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId984569762d68d8c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId922769762d68d7f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId922769762d68d7f80.jpg"/><Relationship Id="rId143669762d68d8dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId143669762d68d8dc5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId674911823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730896633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25206990ce9e2f6dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId18476990ce9e2f723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId29166990ce9e2fa43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId24606990ce9e2fa69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId95026990ce9e3124f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId40256990ce9e315e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId51056990ce9e31792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId49306990ce9e318b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId13346990ce9e31965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61356990ce9e30d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61356990ce9e30d2b.jpg"/><Relationship Id="rId92306990ce9e31aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92306990ce9e31aae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>