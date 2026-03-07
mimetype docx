--- v7 (2026-02-14)
+++ v8 (2026-03-07)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25206990ce9e2f6dd" w:history="1">
+            <w:hyperlink r:id="rId493269abcb331a4e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18476990ce9e2f723" w:history="1">
+            <w:hyperlink r:id="rId474769abcb331a52d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29166990ce9e2fa43" w:history="1">
+      <w:hyperlink r:id="rId559069abcb331a86b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24606990ce9e2fa69" w:history="1"/>
+      <w:hyperlink r:id="rId443569abcb331a890" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4176295" name="name25716990ce9e30d2d" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="36030260" name="name790569abcb331b4a5" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61356990ce9e30d2b" cstate="print"/>
+                    <a:blip r:embed="rId533269abcb331b4a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId95026990ce9e3124f" w:history="1">
+      <w:hyperlink r:id="rId815769abcb331ba64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40256990ce9e315e4" w:history="1">
+      <w:hyperlink r:id="rId414269abcb331bde8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51056990ce9e31792" w:history="1">
+      <w:hyperlink r:id="rId581369abcb331bfa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49306990ce9e318b0" w:history="1">
+      <w:hyperlink r:id="rId313669abcb331c0c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13346990ce9e31965" w:history="1">
+      <w:hyperlink r:id="rId405469abcb331c17a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54016631" name="name82876990ce9e31ab0" descr="eu_funding_250.png"/>
+            <wp:docPr id="5434996" name="name291069abcb331c2f6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92306990ce9e31aae" cstate="print"/>
+                    <a:blip r:embed="rId464469abcb331c2f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56392911">
+  <w:abstractNum w:abstractNumId="81447485">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76682418">
+    <w:lvl w:ilvl="0" w:tplc="82444534">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76682418" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82444534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56392910">
+  <w:abstractNum w:abstractNumId="81447484">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43807992">
+    <w:lvl w:ilvl="0" w:tplc="37420124">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56392910">
-    <w:abstractNumId w:val="56392910"/>
+  <w:num w:numId="81447484">
+    <w:abstractNumId w:val="81447484"/>
   </w:num>
-  <w:num w:numId="56392911">
-    <w:abstractNumId w:val="56392911"/>
+  <w:num w:numId="81447485">
+    <w:abstractNumId w:val="81447485"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId674911823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730896633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25206990ce9e2f6dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId18476990ce9e2f723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId29166990ce9e2fa43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId24606990ce9e2fa69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId95026990ce9e3124f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId40256990ce9e315e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId51056990ce9e31792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId49306990ce9e318b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId13346990ce9e31965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61356990ce9e30d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61356990ce9e30d2b.jpg"/><Relationship Id="rId92306990ce9e31aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92306990ce9e31aae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId612383751" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977685613" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId493269abcb331a4e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId474769abcb331a52d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId559069abcb331a86b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId443569abcb331a890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId815769abcb331ba64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId414269abcb331bde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId581369abcb331bfa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId313669abcb331c0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId405469abcb331c17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId533269abcb331b4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533269abcb331b4a2.jpg"/><Relationship Id="rId464469abcb331c2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId464469abcb331c2f4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>