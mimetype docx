--- v8 (2026-03-07)
+++ v9 (2026-03-28)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus occipitalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Bezzi)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493269abcb331a4e7" w:history="1">
+            <w:hyperlink r:id="rId775169c7f253255b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474769abcb331a52d" w:history="1">
+            <w:hyperlink r:id="rId823469c7f253255fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -782,93 +782,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> being introduced in Palau, appear to also comprise </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559069abcb331a86b" w:history="1">
+      <w:hyperlink r:id="rId933969c7f25325914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Pacific Fruit Fly Project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
-      <w:hyperlink r:id="rId443569abcb331a890" w:history="1"/>
+      <w:hyperlink r:id="rId575669c7f25325937" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36030260" name="name790569abcb331b4a5" descr="BCTROC_distribution_map.jpg"/>
+            <wp:docPr id="1943419" name="name956469c7f25326766" descr="BCTROC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTROC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId533269abcb331b4a2" cstate="print"/>
+                    <a:blip r:embed="rId349969c7f25326763" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1316,51 +1316,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId815769abcb331ba64" w:history="1">
+      <w:hyperlink r:id="rId264169c7f25326d08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1844,51 +1844,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414269abcb331bde8" w:history="1">
+      <w:hyperlink r:id="rId175769c7f2532708a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2106,51 +2106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bezzi) (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera : Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581369abcb331bfa0" w:history="1">
+      <w:hyperlink r:id="rId632469c7f253272db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 16/05/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2281,51 +2281,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313669abcb331c0c4" w:history="1">
+      <w:hyperlink r:id="rId337269c7f253273fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8729</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2391,51 +2391,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera occipitalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405469abcb331c17a" w:history="1">
+      <w:hyperlink r:id="rId356569c7f253274b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2550,63 +2550,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5434996" name="name291069abcb331c2f6" descr="eu_funding_250.png"/>
+            <wp:docPr id="88972019" name="name843069c7f25327662" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId464469abcb331c2f4" cstate="print"/>
+                    <a:blip r:embed="rId998969c7f25327660" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2704,137 +2704,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81447485">
+  <w:abstractNum w:abstractNumId="78904931">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82444534">
+    <w:lvl w:ilvl="0" w:tplc="17787935">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82444534" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17787935" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81447484">
+  <w:abstractNum w:abstractNumId="78904930">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37420124">
+    <w:lvl w:ilvl="0" w:tplc="10686911">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3586,55 +3586,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81447484">
-    <w:abstractNumId w:val="81447484"/>
+  <w:num w:numId="78904930">
+    <w:abstractNumId w:val="78904930"/>
   </w:num>
-  <w:num w:numId="81447485">
-    <w:abstractNumId w:val="81447485"/>
+  <w:num w:numId="78904931">
+    <w:abstractNumId w:val="78904931"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15184,51 +15184,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId612383751" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977685613" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId493269abcb331a4e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId474769abcb331a52d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId559069abcb331a86b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId443569abcb331a890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId815769abcb331ba64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId414269abcb331bde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId581369abcb331bfa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId313669abcb331c0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId405469abcb331c17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId533269abcb331b4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533269abcb331b4a2.jpg"/><Relationship Id="rId464469abcb331c2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId464469abcb331c2f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId447089627" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185179032" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId775169c7f253255b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/" TargetMode="External"/><Relationship Id="rId823469c7f253255fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTROC/categorization" TargetMode="External"/><Relationship Id="rId933969c7f25325914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId575669c7f25325937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrd.spc.int/species/bactrocera-occipitalis-bezzi" TargetMode="External"/><Relationship Id="rId264169c7f25326d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=79331" TargetMode="External"/><Relationship Id="rId175769c7f2532708a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId632469c7f253272db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId337269c7f253273fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8729" TargetMode="External"/><Relationship Id="rId356569c7f253274b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId349969c7f25326763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId349969c7f25326763.jpg"/><Relationship Id="rId998969c7f25327660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998969c7f25327660.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>