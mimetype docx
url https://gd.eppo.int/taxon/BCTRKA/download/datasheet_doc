--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -237,88 +237,88 @@
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bactrocera species D</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288268e095a1e8423" w:history="1">
+            <w:hyperlink r:id="rId1900691d3e51d9e6d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271768e095a1e8467" w:history="1">
+            <w:hyperlink r:id="rId9321691d3e51d9eb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -981,63 +981,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to Sri Lanka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90605644" name="name994768e095a1e9793" descr="BCTRKA_distribution_map.jpg"/>
+            <wp:docPr id="27184782" name="name3852691d3e51db2a5" descr="BCTRKA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRKA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId262668e095a1e978f" cstate="print"/>
+                    <a:blip r:embed="rId6535691d3e51db2a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1495,51 +1495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 -  IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId129668e095a1e9dfd" w:history="1">
+      <w:hyperlink r:id="rId1065691d3e51db847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2023,51 +2023,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542268e095a1ea17e" w:history="1">
+      <w:hyperlink r:id="rId4188691d3e51dbbdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2361,51 +2361,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId422468e095a1ea3d5" w:history="1">
+      <w:hyperlink r:id="rId7926691d3e51dbe0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8716</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2471,51 +2471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera kandiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175068e095a1ea48e" w:history="1">
+      <w:hyperlink r:id="rId6344691d3e51dbec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2630,63 +2630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68448344" name="name802068e095a1ea60f" descr="eu_funding_250.png"/>
+            <wp:docPr id="14252407" name="name5977691d3e51dc1a6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId301068e095a1ea60e" cstate="print"/>
+                    <a:blip r:embed="rId2931691d3e51dc1a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2784,137 +2784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83488891">
+  <w:abstractNum w:abstractNumId="63054689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22954234">
+    <w:lvl w:ilvl="0" w:tplc="23048970">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22954234" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23048970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83488890">
+  <w:abstractNum w:abstractNumId="63054688">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47100066">
+    <w:lvl w:ilvl="0" w:tplc="84068620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3666,55 +3666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83488890">
-    <w:abstractNumId w:val="83488890"/>
+  <w:num w:numId="63054688">
+    <w:abstractNumId w:val="63054688"/>
   </w:num>
-  <w:num w:numId="83488891">
-    <w:abstractNumId w:val="83488891"/>
+  <w:num w:numId="63054689">
+    <w:abstractNumId w:val="63054689"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15264,51 +15264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId694835806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209001396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId288268e095a1e8423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId271768e095a1e8467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId129668e095a1e9dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId542268e095a1ea17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId422468e095a1ea3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId175068e095a1ea48e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId262668e095a1e978f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId262668e095a1e978f.jpg"/><Relationship Id="rId301068e095a1ea60e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301068e095a1ea60e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId710910535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId634745266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1900691d3e51d9e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId9321691d3e51d9eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId1065691d3e51db847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId4188691d3e51dbbdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId7926691d3e51dbe0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId6344691d3e51dbec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6535691d3e51db2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6535691d3e51db2a2.jpg"/><Relationship Id="rId2931691d3e51dc1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2931691d3e51dc1a5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>