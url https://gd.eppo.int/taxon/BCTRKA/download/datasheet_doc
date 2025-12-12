--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -237,88 +237,88 @@
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bactrocera species D</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1900691d3e51d9e6d" w:history="1">
+            <w:hyperlink r:id="rId1163693bf7b67ead4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9321691d3e51d9eb2" w:history="1">
+            <w:hyperlink r:id="rId1224693bf7b67eb19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -981,63 +981,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to Sri Lanka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27184782" name="name3852691d3e51db2a5" descr="BCTRKA_distribution_map.jpg"/>
+            <wp:docPr id="76710856" name="name6748693bf7b67fc52" descr="BCTRKA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRKA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6535691d3e51db2a2" cstate="print"/>
+                    <a:blip r:embed="rId8077693bf7b67fc50" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1495,51 +1495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 -  IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1065691d3e51db847" w:history="1">
+      <w:hyperlink r:id="rId3404693bf7b6801f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2023,51 +2023,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4188691d3e51dbbdf" w:history="1">
+      <w:hyperlink r:id="rId4246693bf7b680577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2361,51 +2361,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7926691d3e51dbe0f" w:history="1">
+      <w:hyperlink r:id="rId3670693bf7b6807cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8716</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2471,51 +2471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera kandiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6344691d3e51dbec4" w:history="1">
+      <w:hyperlink r:id="rId2493693bf7b680884" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2630,63 +2630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14252407" name="name5977691d3e51dc1a6" descr="eu_funding_250.png"/>
+            <wp:docPr id="16231068" name="name1683693bf7b6809d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2931691d3e51dc1a5" cstate="print"/>
+                    <a:blip r:embed="rId2569693bf7b6809cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2784,137 +2784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63054689">
+  <w:abstractNum w:abstractNumId="61313797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23048970">
+    <w:lvl w:ilvl="0" w:tplc="78070663">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23048970" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78070663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63054688">
+  <w:abstractNum w:abstractNumId="61313796">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84068620">
+    <w:lvl w:ilvl="0" w:tplc="67066903">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3666,55 +3666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63054688">
-    <w:abstractNumId w:val="63054688"/>
+  <w:num w:numId="61313796">
+    <w:abstractNumId w:val="61313796"/>
   </w:num>
-  <w:num w:numId="63054689">
-    <w:abstractNumId w:val="63054689"/>
+  <w:num w:numId="61313797">
+    <w:abstractNumId w:val="61313797"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15264,51 +15264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId710910535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId634745266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1900691d3e51d9e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId9321691d3e51d9eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId1065691d3e51db847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId4188691d3e51dbbdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId7926691d3e51dbe0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId6344691d3e51dbec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6535691d3e51db2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6535691d3e51db2a2.jpg"/><Relationship Id="rId2931691d3e51dc1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2931691d3e51dc1a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId954391438" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571184430" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1163693bf7b67ead4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId1224693bf7b67eb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId3404693bf7b6801f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId4246693bf7b680577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3670693bf7b6807cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId2493693bf7b680884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8077693bf7b67fc50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8077693bf7b67fc50.jpg"/><Relationship Id="rId2569693bf7b6809cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2569693bf7b6809cf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>