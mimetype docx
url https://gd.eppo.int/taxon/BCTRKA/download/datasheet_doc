--- v2 (2025-12-12)
+++ v3 (2026-01-07)
@@ -237,88 +237,88 @@
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bactrocera species D</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1163693bf7b67ead4" w:history="1">
+            <w:hyperlink r:id="rId5400695df4bce8bcb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1224693bf7b67eb19" w:history="1">
+            <w:hyperlink r:id="rId2107695df4bce8c0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -981,63 +981,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to Sri Lanka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76710856" name="name6748693bf7b67fc52" descr="BCTRKA_distribution_map.jpg"/>
+            <wp:docPr id="66572911" name="name3807695df4bce9bd5" descr="BCTRKA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRKA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8077693bf7b67fc50" cstate="print"/>
+                    <a:blip r:embed="rId9125695df4bce9bd1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1495,51 +1495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 -  IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3404693bf7b6801f9" w:history="1">
+      <w:hyperlink r:id="rId7229695df4bcea192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2023,51 +2023,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4246693bf7b680577" w:history="1">
+      <w:hyperlink r:id="rId9187695df4bcea514" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2361,51 +2361,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3670693bf7b6807cd" w:history="1">
+      <w:hyperlink r:id="rId2933695df4bcea75f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8716</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2449,73 +2449,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera kandiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2493693bf7b680884" w:history="1">
+      <w:hyperlink r:id="rId1314695df4bcea816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2630,63 +2630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16231068" name="name1683693bf7b6809d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="52046280" name="name8058695df4bcea968" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2569693bf7b6809cf" cstate="print"/>
+                    <a:blip r:embed="rId3908695df4bcea967" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2784,137 +2784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61313797">
+  <w:abstractNum w:abstractNumId="98784848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78070663">
+    <w:lvl w:ilvl="0" w:tplc="25363941">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78070663" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25363941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61313796">
+  <w:abstractNum w:abstractNumId="98784847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67066903">
+    <w:lvl w:ilvl="0" w:tplc="38768800">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3666,55 +3666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61313796">
-    <w:abstractNumId w:val="61313796"/>
+  <w:num w:numId="98784847">
+    <w:abstractNumId w:val="98784847"/>
   </w:num>
-  <w:num w:numId="61313797">
-    <w:abstractNumId w:val="61313797"/>
+  <w:num w:numId="98784848">
+    <w:abstractNumId w:val="98784848"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15264,51 +15264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId954391438" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571184430" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1163693bf7b67ead4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId1224693bf7b67eb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId3404693bf7b6801f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId4246693bf7b680577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3670693bf7b6807cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId2493693bf7b680884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8077693bf7b67fc50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8077693bf7b67fc50.jpg"/><Relationship Id="rId2569693bf7b6809cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2569693bf7b6809cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId158633730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367046246" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5400695df4bce8bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId2107695df4bce8c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId7229695df4bcea192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId9187695df4bcea514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2933695df4bcea75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId1314695df4bcea816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9125695df4bce9bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9125695df4bce9bd1.jpg"/><Relationship Id="rId3908695df4bcea967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3908695df4bcea967.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>