--- v3 (2026-01-07)
+++ v4 (2026-02-09)
@@ -237,88 +237,88 @@
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bactrocera species D</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5400695df4bce8bcb" w:history="1">
+            <w:hyperlink r:id="rId12696989ea6ec42de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2107695df4bce8c0f" w:history="1">
+            <w:hyperlink r:id="rId77746989ea6ec4322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -981,63 +981,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to Sri Lanka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66572911" name="name3807695df4bce9bd5" descr="BCTRKA_distribution_map.jpg"/>
+            <wp:docPr id="4709378" name="name87286989ea6ec567b" descr="BCTRKA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRKA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9125695df4bce9bd1" cstate="print"/>
+                    <a:blip r:embed="rId56406989ea6ec5677" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1495,51 +1495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 -  IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7229695df4bcea192" w:history="1">
+      <w:hyperlink r:id="rId38176989ea6ec5be9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2023,51 +2023,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9187695df4bcea514" w:history="1">
+      <w:hyperlink r:id="rId57506989ea6ec5f6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2361,51 +2361,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2933695df4bcea75f" w:history="1">
+      <w:hyperlink r:id="rId49306989ea6ec61af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8716</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2471,51 +2471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera kandiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1314695df4bcea816" w:history="1">
+      <w:hyperlink r:id="rId84366989ea6ec6266" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2630,63 +2630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52046280" name="name8058695df4bcea968" descr="eu_funding_250.png"/>
+            <wp:docPr id="82691531" name="name34426989ea6ec63c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3908695df4bcea967" cstate="print"/>
+                    <a:blip r:embed="rId29776989ea6ec63c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2784,137 +2784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98784848">
+  <w:abstractNum w:abstractNumId="42139891">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25363941">
+    <w:lvl w:ilvl="0" w:tplc="99030039">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25363941" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99030039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98784847">
+  <w:abstractNum w:abstractNumId="42139890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38768800">
+    <w:lvl w:ilvl="0" w:tplc="56039510">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3666,55 +3666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98784847">
-    <w:abstractNumId w:val="98784847"/>
+  <w:num w:numId="42139890">
+    <w:abstractNumId w:val="42139890"/>
   </w:num>
-  <w:num w:numId="98784848">
-    <w:abstractNumId w:val="98784848"/>
+  <w:num w:numId="42139891">
+    <w:abstractNumId w:val="42139891"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15264,51 +15264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId158633730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367046246" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5400695df4bce8bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId2107695df4bce8c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId7229695df4bcea192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId9187695df4bcea514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2933695df4bcea75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId1314695df4bcea816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9125695df4bce9bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9125695df4bce9bd1.jpg"/><Relationship Id="rId3908695df4bcea967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3908695df4bcea967.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987788350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId771030515" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12696989ea6ec42de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId77746989ea6ec4322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId38176989ea6ec5be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId57506989ea6ec5f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId49306989ea6ec61af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId84366989ea6ec6266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56406989ea6ec5677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56406989ea6ec5677.jpg"/><Relationship Id="rId29776989ea6ec63c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29776989ea6ec63c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>