--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -237,88 +237,88 @@
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bactrocera species D</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12696989ea6ec42de" w:history="1">
+            <w:hyperlink r:id="rId877969a6365ec2f44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77746989ea6ec4322" w:history="1">
+            <w:hyperlink r:id="rId549869a6365ec2f8b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -981,63 +981,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to Sri Lanka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4709378" name="name87286989ea6ec567b" descr="BCTRKA_distribution_map.jpg"/>
+            <wp:docPr id="63310649" name="name469169a6365ec41b9" descr="BCTRKA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRKA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56406989ea6ec5677" cstate="print"/>
+                    <a:blip r:embed="rId695269a6365ec41b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1495,51 +1495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 -  IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId38176989ea6ec5be9" w:history="1">
+      <w:hyperlink r:id="rId144269a6365ec474a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2023,51 +2023,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57506989ea6ec5f6e" w:history="1">
+      <w:hyperlink r:id="rId531469a6365ec4ac5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2361,51 +2361,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49306989ea6ec61af" w:history="1">
+      <w:hyperlink r:id="rId542869a6365ec4d05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8716</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2471,51 +2471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera kandiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84366989ea6ec6266" w:history="1">
+      <w:hyperlink r:id="rId205669a6365ec4dbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2630,63 +2630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82691531" name="name34426989ea6ec63c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="5632819" name="name571669a6365ec51ec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29776989ea6ec63c1" cstate="print"/>
+                    <a:blip r:embed="rId877369a6365ec51eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2784,137 +2784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42139891">
+  <w:abstractNum w:abstractNumId="35778208">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99030039">
+    <w:lvl w:ilvl="0" w:tplc="52677121">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99030039" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52677121" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42139890">
+  <w:abstractNum w:abstractNumId="35778207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56039510">
+    <w:lvl w:ilvl="0" w:tplc="32614192">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3666,55 +3666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42139890">
-    <w:abstractNumId w:val="42139890"/>
+  <w:num w:numId="35778207">
+    <w:abstractNumId w:val="35778207"/>
   </w:num>
-  <w:num w:numId="42139891">
-    <w:abstractNumId w:val="42139891"/>
+  <w:num w:numId="35778208">
+    <w:abstractNumId w:val="35778208"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15264,51 +15264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987788350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId771030515" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12696989ea6ec42de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId77746989ea6ec4322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId38176989ea6ec5be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId57506989ea6ec5f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId49306989ea6ec61af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId84366989ea6ec6266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56406989ea6ec5677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56406989ea6ec5677.jpg"/><Relationship Id="rId29776989ea6ec63c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29776989ea6ec63c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId133272193" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId165981928" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId877969a6365ec2f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId549869a6365ec2f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId144269a6365ec474a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId531469a6365ec4ac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId542869a6365ec4d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId205669a6365ec4dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId695269a6365ec41b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId695269a6365ec41b6.jpg"/><Relationship Id="rId877369a6365ec51eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877369a6365ec51eb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>