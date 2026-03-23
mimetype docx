--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -237,88 +237,88 @@
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bactrocera species D</w:t>
             </w:r>
-            <w:hyperlink r:id="rId877969a6365ec2f44" w:history="1">
+            <w:hyperlink r:id="rId510269c0c14b32f1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549869a6365ec2f8b" w:history="1">
+            <w:hyperlink r:id="rId150469c0c14b32f71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -981,63 +981,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to Sri Lanka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63310649" name="name469169a6365ec41b9" descr="BCTRKA_distribution_map.jpg"/>
+            <wp:docPr id="83564731" name="name408969c0c14b34266" descr="BCTRKA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRKA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId695269a6365ec41b6" cstate="print"/>
+                    <a:blip r:embed="rId970769c0c14b34263" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1495,51 +1495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 -  IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId144269a6365ec474a" w:history="1">
+      <w:hyperlink r:id="rId149969c0c14b347f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2023,51 +2023,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531469a6365ec4ac5" w:history="1">
+      <w:hyperlink r:id="rId751669c0c14b34b71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2361,51 +2361,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542869a6365ec4d05" w:history="1">
+      <w:hyperlink r:id="rId409969c0c14b34dcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8716</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2471,51 +2471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera kandiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205669a6365ec4dbc" w:history="1">
+      <w:hyperlink r:id="rId422969c0c14b34e85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2630,63 +2630,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5632819" name="name571669a6365ec51ec" descr="eu_funding_250.png"/>
+            <wp:docPr id="33440359" name="name662769c0c14b34fd1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId877369a6365ec51eb" cstate="print"/>
+                    <a:blip r:embed="rId538869c0c14b34fd0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2784,137 +2784,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35778208">
+  <w:abstractNum w:abstractNumId="28748607">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52677121">
+    <w:lvl w:ilvl="0" w:tplc="14850334">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52677121" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14850334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35778207">
+  <w:abstractNum w:abstractNumId="28748606">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32614192">
+    <w:lvl w:ilvl="0" w:tplc="55934702">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3666,55 +3666,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35778207">
-    <w:abstractNumId w:val="35778207"/>
+  <w:num w:numId="28748606">
+    <w:abstractNumId w:val="28748606"/>
   </w:num>
-  <w:num w:numId="35778208">
-    <w:abstractNumId w:val="35778208"/>
+  <w:num w:numId="28748607">
+    <w:abstractNumId w:val="28748607"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15264,51 +15264,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId133272193" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId165981928" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId877969a6365ec2f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId549869a6365ec2f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId144269a6365ec474a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId531469a6365ec4ac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId542869a6365ec4d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId205669a6365ec4dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId695269a6365ec41b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId695269a6365ec41b6.jpg"/><Relationship Id="rId877369a6365ec51eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877369a6365ec51eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629241736" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId615089389" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId510269c0c14b32f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/" TargetMode="External"/><Relationship Id="rId150469c0c14b32f71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRKA/categorization" TargetMode="External"/><Relationship Id="rId149969c0c14b347f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=82040" TargetMode="External"/><Relationship Id="rId751669c0c14b34b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId409969c0c14b34dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8716" TargetMode="External"/><Relationship Id="rId422969c0c14b34e85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId970769c0c14b34263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970769c0c14b34263.jpg"/><Relationship Id="rId538869c0c14b34fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId538869c0c14b34fd0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>