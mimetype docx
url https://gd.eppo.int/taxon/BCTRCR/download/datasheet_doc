--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus caryeae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kapoor</w:t>
             </w:r>
-            <w:hyperlink r:id="rId639368e70d534c7b0" w:history="1">
+            <w:hyperlink r:id="rId41506902a06b9b207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229368e70d534c7f2" w:history="1">
+            <w:hyperlink r:id="rId23636902a06b9b258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to southern part of the Indian Subcontinent. Although some sources indicate that the species is present in Sri Lanka, Drew &amp; Romig (2013) state explicitly that the earlier recorded presence in Sri Lanka is erroneous.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54743134" name="name495868e70d534d6b0" descr="BCTRCR_distribution_map.jpg"/>
+            <wp:docPr id="26255293" name="name92116902a06b9c27b" descr="BCTRCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId837768e70d534d6ae" cstate="print"/>
+                    <a:blip r:embed="rId17676902a06b9c278" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,51 +1323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId527668e70d534dbd1" w:history="1">
+      <w:hyperlink r:id="rId13576902a06b9c885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1851,51 +1851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId783268e70d534df75" w:history="1">
+      <w:hyperlink r:id="rId68156902a06b9cc30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2307,51 +2307,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363668e70d534e278" w:history="1">
+      <w:hyperlink r:id="rId67586902a06b9cf10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2417,51 +2417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera caryeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772868e70d534e32f" w:history="1">
+      <w:hyperlink r:id="rId85766902a06b9cfc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2576,63 +2576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36063116" name="name724468e70d534e46a" descr="eu_funding_250.png"/>
+            <wp:docPr id="97414603" name="name58426902a06b9d48f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId478168e70d534e469" cstate="print"/>
+                    <a:blip r:embed="rId25546902a06b9d48d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2730,137 +2730,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60124570">
+  <w:abstractNum w:abstractNumId="35153188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21435714">
+    <w:lvl w:ilvl="0" w:tplc="64464315">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21435714" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64464315" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60124569">
+  <w:abstractNum w:abstractNumId="35153187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95340267">
+    <w:lvl w:ilvl="0" w:tplc="61075612">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3612,55 +3612,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60124569">
-    <w:abstractNumId w:val="60124569"/>
+  <w:num w:numId="35153187">
+    <w:abstractNumId w:val="35153187"/>
   </w:num>
-  <w:num w:numId="60124570">
-    <w:abstractNumId w:val="60124570"/>
+  <w:num w:numId="35153188">
+    <w:abstractNumId w:val="35153188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15210,51 +15210,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId848231385" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId461522688" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId639368e70d534c7b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId229368e70d534c7f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId527668e70d534dbd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId783268e70d534df75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId363668e70d534e278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId772868e70d534e32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId837768e70d534d6ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837768e70d534d6ae.jpg"/><Relationship Id="rId478168e70d534e469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478168e70d534e469.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId224460406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId118792129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41506902a06b9b207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId23636902a06b9b258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId13576902a06b9c885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId68156902a06b9cc30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId67586902a06b9cf10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId85766902a06b9cfc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17676902a06b9c278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17676902a06b9c278.jpg"/><Relationship Id="rId25546902a06b9d48d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25546902a06b9d48d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>