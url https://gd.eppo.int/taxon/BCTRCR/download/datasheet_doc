--- v1 (2025-10-29)
+++ v2 (2026-01-02)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus caryeae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kapoor</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41506902a06b9b207" w:history="1">
+            <w:hyperlink r:id="rId576969573a64af28b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23636902a06b9b258" w:history="1">
+            <w:hyperlink r:id="rId275669573a64af2d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to southern part of the Indian Subcontinent. Although some sources indicate that the species is present in Sri Lanka, Drew &amp; Romig (2013) state explicitly that the earlier recorded presence in Sri Lanka is erroneous.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26255293" name="name92116902a06b9c27b" descr="BCTRCR_distribution_map.jpg"/>
+            <wp:docPr id="9336765" name="name178969573a64b0644" descr="BCTRCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17676902a06b9c278" cstate="print"/>
+                    <a:blip r:embed="rId296369573a64b063a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,51 +1323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13576902a06b9c885" w:history="1">
+      <w:hyperlink r:id="rId894769573a64b1166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1851,51 +1851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68156902a06b9cc30" w:history="1">
+      <w:hyperlink r:id="rId942469573a64b175b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2307,51 +2307,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67586902a06b9cf10" w:history="1">
+      <w:hyperlink r:id="rId645269573a64b1a98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2395,73 +2395,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera caryeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85766902a06b9cfc1" w:history="1">
+      <w:hyperlink r:id="rId614069573a64b1b66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2576,63 +2576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97414603" name="name58426902a06b9d48f" descr="eu_funding_250.png"/>
+            <wp:docPr id="42689785" name="name101069573a64b1ce8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25546902a06b9d48d" cstate="print"/>
+                    <a:blip r:embed="rId331069573a64b1ce7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2730,137 +2730,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35153188">
+  <w:abstractNum w:abstractNumId="34730276">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64464315">
+    <w:lvl w:ilvl="0" w:tplc="41328018">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64464315" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41328018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35153187">
+  <w:abstractNum w:abstractNumId="34730275">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61075612">
+    <w:lvl w:ilvl="0" w:tplc="15738734">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3612,55 +3612,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35153187">
-    <w:abstractNumId w:val="35153187"/>
+  <w:num w:numId="34730275">
+    <w:abstractNumId w:val="34730275"/>
   </w:num>
-  <w:num w:numId="35153188">
-    <w:abstractNumId w:val="35153188"/>
+  <w:num w:numId="34730276">
+    <w:abstractNumId w:val="34730276"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15210,51 +15210,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId224460406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId118792129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41506902a06b9b207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId23636902a06b9b258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId13576902a06b9c885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId68156902a06b9cc30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId67586902a06b9cf10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId85766902a06b9cfc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17676902a06b9c278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17676902a06b9c278.jpg"/><Relationship Id="rId25546902a06b9d48d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25546902a06b9d48d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId563240953" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248202341" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId576969573a64af28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId275669573a64af2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId894769573a64b1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId942469573a64b175b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId645269573a64b1a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId614069573a64b1b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId296369573a64b063a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId296369573a64b063a.jpg"/><Relationship Id="rId331069573a64b1ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331069573a64b1ce7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>