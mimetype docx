--- v2 (2026-01-02)
+++ v3 (2026-01-25)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus caryeae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kapoor</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576969573a64af28b" w:history="1">
+            <w:hyperlink r:id="rId571669762da1134fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275669573a64af2d0" w:history="1">
+            <w:hyperlink r:id="rId590369762da11353e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to southern part of the Indian Subcontinent. Although some sources indicate that the species is present in Sri Lanka, Drew &amp; Romig (2013) state explicitly that the earlier recorded presence in Sri Lanka is erroneous.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9336765" name="name178969573a64b0644" descr="BCTRCR_distribution_map.jpg"/>
+            <wp:docPr id="63125073" name="name937869762da114880" descr="BCTRCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId296369573a64b063a" cstate="print"/>
+                    <a:blip r:embed="rId498969762da11487c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,51 +1323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId894769573a64b1166" w:history="1">
+      <w:hyperlink r:id="rId460369762da114e44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1851,51 +1851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942469573a64b175b" w:history="1">
+      <w:hyperlink r:id="rId679469762da1151fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2307,51 +2307,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645269573a64b1a98" w:history="1">
+      <w:hyperlink r:id="rId384169762da115500" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2417,51 +2417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera caryeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614069573a64b1b66" w:history="1">
+      <w:hyperlink r:id="rId756369762da1155b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2576,63 +2576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42689785" name="name101069573a64b1ce8" descr="eu_funding_250.png"/>
+            <wp:docPr id="39204847" name="name439469762da115708" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId331069573a64b1ce7" cstate="print"/>
+                    <a:blip r:embed="rId925369762da115707" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2730,137 +2730,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34730276">
+  <w:abstractNum w:abstractNumId="28683888">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41328018">
+    <w:lvl w:ilvl="0" w:tplc="17976439">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41328018" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17976439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34730275">
+  <w:abstractNum w:abstractNumId="28683887">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15738734">
+    <w:lvl w:ilvl="0" w:tplc="50797633">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3612,55 +3612,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34730275">
-    <w:abstractNumId w:val="34730275"/>
+  <w:num w:numId="28683887">
+    <w:abstractNumId w:val="28683887"/>
   </w:num>
-  <w:num w:numId="34730276">
-    <w:abstractNumId w:val="34730276"/>
+  <w:num w:numId="28683888">
+    <w:abstractNumId w:val="28683888"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15210,51 +15210,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId563240953" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248202341" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId576969573a64af28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId275669573a64af2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId894769573a64b1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId942469573a64b175b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId645269573a64b1a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId614069573a64b1b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId296369573a64b063a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId296369573a64b063a.jpg"/><Relationship Id="rId331069573a64b1ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331069573a64b1ce7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId143440933" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954995787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId571669762da1134fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId590369762da11353e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId460369762da114e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId679469762da1151fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId384169762da115500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId756369762da1155b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId498969762da11487c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498969762da11487c.jpg"/><Relationship Id="rId925369762da115707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId925369762da115707.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>