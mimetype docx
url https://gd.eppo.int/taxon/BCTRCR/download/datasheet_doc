--- v3 (2026-01-25)
+++ v4 (2026-02-14)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus caryeae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kapoor</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571669762da1134fa" w:history="1">
+            <w:hyperlink r:id="rId88696990cf7772fa6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590369762da11353e" w:history="1">
+            <w:hyperlink r:id="rId78336990cf7772fef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to southern part of the Indian Subcontinent. Although some sources indicate that the species is present in Sri Lanka, Drew &amp; Romig (2013) state explicitly that the earlier recorded presence in Sri Lanka is erroneous.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63125073" name="name937869762da114880" descr="BCTRCR_distribution_map.jpg"/>
+            <wp:docPr id="43925571" name="name99256990cf77740dd" descr="BCTRCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId498969762da11487c" cstate="print"/>
+                    <a:blip r:embed="rId60216990cf77740da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,51 +1323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId460369762da114e44" w:history="1">
+      <w:hyperlink r:id="rId52246990cf777470c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1851,51 +1851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId679469762da1151fe" w:history="1">
+      <w:hyperlink r:id="rId32206990cf7774b44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2307,51 +2307,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384169762da115500" w:history="1">
+      <w:hyperlink r:id="rId72816990cf7774e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2417,51 +2417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera caryeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756369762da1155b9" w:history="1">
+      <w:hyperlink r:id="rId18286990cf7774eeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2576,63 +2576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39204847" name="name439469762da115708" descr="eu_funding_250.png"/>
+            <wp:docPr id="17869975" name="name50426990cf7775063" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId925369762da115707" cstate="print"/>
+                    <a:blip r:embed="rId65666990cf7775061" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2730,137 +2730,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28683888">
+  <w:abstractNum w:abstractNumId="27320252">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17976439">
+    <w:lvl w:ilvl="0" w:tplc="84789725">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17976439" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84789725" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28683887">
+  <w:abstractNum w:abstractNumId="27320251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50797633">
+    <w:lvl w:ilvl="0" w:tplc="46550193">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3612,55 +3612,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28683887">
-    <w:abstractNumId w:val="28683887"/>
+  <w:num w:numId="27320251">
+    <w:abstractNumId w:val="27320251"/>
   </w:num>
-  <w:num w:numId="28683888">
-    <w:abstractNumId w:val="28683888"/>
+  <w:num w:numId="27320252">
+    <w:abstractNumId w:val="27320252"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15210,51 +15210,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId143440933" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954995787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId571669762da1134fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId590369762da11353e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId460369762da114e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId679469762da1151fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId384169762da115500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId756369762da1155b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId498969762da11487c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498969762da11487c.jpg"/><Relationship Id="rId925369762da115707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId925369762da115707.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId307461393" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId386746457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88696990cf7772fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId78336990cf7772fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId52246990cf777470c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId32206990cf7774b44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId72816990cf7774e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId18286990cf7774eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60216990cf77740da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60216990cf77740da.jpg"/><Relationship Id="rId65666990cf7775061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65666990cf7775061.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>