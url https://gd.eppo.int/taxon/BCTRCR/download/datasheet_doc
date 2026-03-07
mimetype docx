--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus caryeae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kapoor</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88696990cf7772fa6" w:history="1">
+            <w:hyperlink r:id="rId581769abd09b15b96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78336990cf7772fef" w:history="1">
+            <w:hyperlink r:id="rId649269abd09b15bd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to southern part of the Indian Subcontinent. Although some sources indicate that the species is present in Sri Lanka, Drew &amp; Romig (2013) state explicitly that the earlier recorded presence in Sri Lanka is erroneous.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43925571" name="name99256990cf77740dd" descr="BCTRCR_distribution_map.jpg"/>
+            <wp:docPr id="33846462" name="name145769abd09b16ce1" descr="BCTRCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60216990cf77740da" cstate="print"/>
+                    <a:blip r:embed="rId291069abd09b16cdd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,51 +1323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId52246990cf777470c" w:history="1">
+      <w:hyperlink r:id="rId708969abd09b17305" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1851,51 +1851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32206990cf7774b44" w:history="1">
+      <w:hyperlink r:id="rId237869abd09b1774c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2307,51 +2307,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72816990cf7774e34" w:history="1">
+      <w:hyperlink r:id="rId825369abd09b17aa3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2417,51 +2417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera caryeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18286990cf7774eeb" w:history="1">
+      <w:hyperlink r:id="rId325569abd09b17b5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2576,63 +2576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17869975" name="name50426990cf7775063" descr="eu_funding_250.png"/>
+            <wp:docPr id="90122718" name="name359369abd09b17cf1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65666990cf7775061" cstate="print"/>
+                    <a:blip r:embed="rId225369abd09b17cf0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2730,137 +2730,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27320252">
+  <w:abstractNum w:abstractNumId="68764941">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84789725">
+    <w:lvl w:ilvl="0" w:tplc="18378932">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84789725" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18378932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27320251">
+  <w:abstractNum w:abstractNumId="68764940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46550193">
+    <w:lvl w:ilvl="0" w:tplc="24642222">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3612,55 +3612,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27320251">
-    <w:abstractNumId w:val="27320251"/>
+  <w:num w:numId="68764940">
+    <w:abstractNumId w:val="68764940"/>
   </w:num>
-  <w:num w:numId="27320252">
-    <w:abstractNumId w:val="27320252"/>
+  <w:num w:numId="68764941">
+    <w:abstractNumId w:val="68764941"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15210,51 +15210,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId307461393" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId386746457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88696990cf7772fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId78336990cf7772fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId52246990cf777470c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId32206990cf7774b44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId72816990cf7774e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId18286990cf7774eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60216990cf77740da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60216990cf77740da.jpg"/><Relationship Id="rId65666990cf7775061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65666990cf7775061.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636059856" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220336252" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId581769abd09b15b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId649269abd09b15bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId708969abd09b17305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId237869abd09b1774c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId825369abd09b17aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId325569abd09b17b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId291069abd09b16cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId291069abd09b16cdd.jpg"/><Relationship Id="rId225369abd09b17cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225369abd09b17cf0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>