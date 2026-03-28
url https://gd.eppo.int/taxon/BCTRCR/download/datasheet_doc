--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dacus caryeae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kapoor</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581769abd09b15b96" w:history="1">
+            <w:hyperlink r:id="rId970669c7768361c9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId649269abd09b15bd9" w:history="1">
+            <w:hyperlink r:id="rId126169c7768361ce4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to southern part of the Indian Subcontinent. Although some sources indicate that the species is present in Sri Lanka, Drew &amp; Romig (2013) state explicitly that the earlier recorded presence in Sri Lanka is erroneous.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33846462" name="name145769abd09b16ce1" descr="BCTRCR_distribution_map.jpg"/>
+            <wp:docPr id="62757334" name="name242969c7768363060" descr="BCTRCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId291069abd09b16cdd" cstate="print"/>
+                    <a:blip r:embed="rId380469c776836305d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,51 +1323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (see ISPM 27 DP 29 - IPPC, 2019). Additionally, the presence of unidentified / possibly misidentified reference sequence in BINs in which this species is represented, might also bias its molecular ID. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId708969abd09b17305" w:history="1">
+      <w:hyperlink r:id="rId980769c776836385f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1851,51 +1851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237869abd09b1774c" w:history="1">
+      <w:hyperlink r:id="rId603269c7768363e83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2307,51 +2307,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825369abd09b17aa3" w:history="1">
+      <w:hyperlink r:id="rId448369c7768364365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8699</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2417,51 +2417,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera caryeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325569abd09b17b5b" w:history="1">
+      <w:hyperlink r:id="rId963269c77683644ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2576,63 +2576,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90122718" name="name359369abd09b17cf1" descr="eu_funding_250.png"/>
+            <wp:docPr id="18028114" name="name232669c77683646c4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId225369abd09b17cf0" cstate="print"/>
+                    <a:blip r:embed="rId679469c77683646c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2730,137 +2730,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68764941">
+  <w:abstractNum w:abstractNumId="66150582">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18378932">
+    <w:lvl w:ilvl="0" w:tplc="43161894">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18378932" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43161894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68764940">
+  <w:abstractNum w:abstractNumId="66150581">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24642222">
+    <w:lvl w:ilvl="0" w:tplc="67651778">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3612,55 +3612,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68764940">
-    <w:abstractNumId w:val="68764940"/>
+  <w:num w:numId="66150581">
+    <w:abstractNumId w:val="66150581"/>
   </w:num>
-  <w:num w:numId="68764941">
-    <w:abstractNumId w:val="68764941"/>
+  <w:num w:numId="66150582">
+    <w:abstractNumId w:val="66150582"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15210,51 +15210,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636059856" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220336252" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId581769abd09b15b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId649269abd09b15bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId708969abd09b17305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId237869abd09b1774c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId825369abd09b17aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId325569abd09b17b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId291069abd09b16cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId291069abd09b16cdd.jpg"/><Relationship Id="rId225369abd09b17cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225369abd09b17cf0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId949634111" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId671741251" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId970669c7768361c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/" TargetMode="External"/><Relationship Id="rId126169c7768361ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCR/categorization" TargetMode="External"/><Relationship Id="rId980769c776836385f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Symptoms%20Attacked%20fruit%20have%20tiny%20oviposition%20punctures,%20but%20these%20and%20other%20symptoms%20of%20damage%20are%20often%20difficult%20to%20detect%20in%20the%20early%20stages%20of%20infestation.%20Considerable%20damage%20may%20occur%20inside%20the%20fruit%20before%20symptoms%20are%20visible%20externally,%20often%20as%20networks%20of%20tunnels%20accompanied%20by%20rotting.%20Morphology%20Larva%20Fruit%20fly%20larvae%20in%20general%20have%20a%20typical%20shape,%20i.e.,%20cylindrical%20maggot-shape,%20elongate,%20anterior%20end%20narrowed%20and%20somewhat%20recurved%20ventrally,%20with%20anterior%20mouth%20hooks,%20and%20flattened%20caudal%20end.%20Their%20length%20varies%20from%205%20to%2015%20mm.%20Identification%20to%20species%20level%20is%20not%20possible%20based%20on%20larvae.%20A%20key%20for%20the%203rd-instar%20larvae%20is%20available%20in%20White%20&amp;%20Elson-%20Harris%20(1992)%20and%20is%20useful%20for%20identification%20to%20the%20genus%20level.%20The%20larvae%20of%20B.%20caryeae%20have%20not%20been%20described%20in%20detail.%20%20Adult%20(after%20diagnostic%20description%20given%20by%20Drew%20&amp;%20Romig,%202013.%20Additional%20character%20states%20of%20the%20female%20after%20Drew%20&amp;%20Hancock,%201994)%20Male%20Face%20fulvous%20with%20a%20pair%20of%20large%20elongate%20oval%20black%20spots;%20postpronotal%20lobes%20yellow%20(except%20anterodorsal%20corners%20fuscous);%20notopleura%20yellow;%20scutum%20black%20with%20a%20small%20area%20of%20dark%20brown%20posterolateral%20to%20lateral%20postsutural%20vittae;%20narrow%20lateral%20postsutural%20yellow%20vittae%20which%20are%20either%20parallel%20sided%20or%20narrowing%20slightly%20posteriorly%20to%20end%20at%20or%20just%20before%20intra-alar%20seta;%20medial%20postsutural%20yellow%20vitta%20absent;%20mesopleural%20stripe%20reaching%20midway%20between%20anterior%20margin%20of%20notopleuron%20and%20anterior%20notopleural%20seta%20dorsally;%20scutellum%20yellow%20with%20a%20broad%20black%20basal%20band;%20legs%20with%20femora%20fulvous%20with%20a%20large%20dark%20fuscous%20to%20black%20preapical%20spot%20on%20outer%20surfaces%20of%20fore%20femora%20and%20inner%20surfaces%20of%20mid%20and%20hind%20femora;%20fore%20tibiae%20fuscous,%20mid%20tibiae%20fulvous,%20hind%20tibiae%20dark%20fuscous;%20wing%20with%20cells%20bc%20and%20c%20colourless,%20sparse%20microtrichia%20in%20outer%20corner%20of%20cell%20c%20only;%20a%20very%20narrow%20fuscous%20costal%20band%20confluent%20with%20R2+3%20and%20remaining%20very%20narrow%20around%20apex%20of%20wing;%20a%20narrow%20fuscous%20anal%20streak%20contained%20within%20cell%20cup;%20supernumerary%20lobe%20of%20medium%20development;%20abdominal%20terga%20III-V%20orange-brown%20with%20dark%20fuscous%20to%20black%20across%20anterior%20one-third%20to%20one-half%20of%20tergum%20III,%20two%20broad%20lateral%20longitudinal%20dark%20fuscous%20to%20black%20bands%20and%20a%20narrow%20medial%20longitudinal%20black%20band%20over%20all%20three%20terga,%20a%20pair%20of%20oval%20orange-brown%20shining%20spots%20on%20tergum%20V;%20abdominal%20sterna%20dark%20coloured.%20%20Female%20As%20for%20male%20in%20the%20general%20body%20colour%20patterns.%20Wing,%20supernumerary%20lobe%20weak;%20pecten%20absent%20from%20abdominal%20tergum%20III.%20Ovipositor%20basal%20segment%20fuscous,%20dorsoventrally%20compressed%20and%20tapering%20posteriorly%20in%20dorsal%20view;%20ratio%20of%20length%20of%20oviscape%20to%20length%20of%20tergum%20V,%200.78:1;%20aculeus%20apex%20needle%20shaped.%20%20Remark%3A%20differentiation%20between%20this%20species%20and%20closely%20related%20species%20within%20the%20B.%20dorsalis%20species%20complex%20is%20difficult%20and%20needs%20expert%20confirmation.%20See%20ISPM%2027%20DP%2029(IPPC,%202019)%20for%20details%20on%20how%20to%20differentiate%20between%20the%20main%20species%20of%20commercial%20importance%20belonging%20to%20the%20species%20complex.%20DNA%20barcoding%20The%20molecular%20identification%20of%20B.%20caryeae%20through%20DNA%20barcoding%20(COI)%20proves%20to%20be%20problematic%20as%20this%20species%20cannot%20be%20properly%20resolved%20from%20a%20number%20of%20closely%20related%20species,%20including%20species%20from%20the%20B.%20dorsalis%20species%20complex%20(see%20ISPM%2027%20DP%2029%20(IPPC,2019).%20Additionally,%20the%20presence%20of%20unidentified%20/%20possibly%20misidentified%20reference%20sequence%20in%20BINs%20in%20which%20this%20species%20is%20represented,%20might%20also%20bias%20its%20molecular%20ID.%20Sequences%20are%20available%20in%20the%20Barcode%20of%20Life%20Data%20Systems%20(BOLD%20https%3A//www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=caryeae&amp;taxon=caryeae).%20%20Detection%20and%20inspection%20methods%20Males%20are%20attracted%20to%20methyl%20eugenol.%20Both%20sexes%20can%20also%20be%20monitored%20by%20traps%20baited%20with%20protein%20based%20attractants." TargetMode="External"/><Relationship Id="rId603269c7768363e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId448369c7768364365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8699" TargetMode="External"/><Relationship Id="rId963269c77683644ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId380469c776836305d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId380469c776836305d.jpg"/><Relationship Id="rId679469c77683646c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId679469c77683646c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>