--- v0 (2025-11-07)
+++ v1 (2025-12-01)
@@ -260,88 +260,88 @@
               <w:t xml:space="preserve">Bactrocera species A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carambola fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2043690dc5460b9fe" w:history="1">
+            <w:hyperlink r:id="rId6973692d6bdc378b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1915690dc5460ba43" w:history="1">
+            <w:hyperlink r:id="rId3567692d6bdc378f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -355,86 +355,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTRCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2665302" name="name5902690dc5460c1fa" descr="2129.jpg"/>
+                  <wp:docPr id="14813795" name="name7413692d6bdc38616" descr="2129.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2129.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1282690dc5460c1f9" cstate="print"/>
+                          <a:blip r:embed="rId4954692d6bdc38613" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8637690dc5460c32b" w:history="1">
+            <w:hyperlink r:id="rId6995692d6bdc38751" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3020,63 +3020,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It was introduced into South America, and is present in French Guyana, Guyana, Brazil (Amapa, Para and Roraima), and Surinam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57902766" name="name8544690dc5460df6e" descr="BCTRCB_distribution_map.jpg"/>
+            <wp:docPr id="30086048" name="name2043692d6bdc3c67c" descr="BCTRCB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1650690dc5460df6c" cstate="print"/>
+                    <a:blip r:embed="rId5008692d6bdc3c67a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3775,74 +3775,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (IPPC, 2019). Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6226690dc5460e5e8" w:history="1">
+      <w:hyperlink r:id="rId7268692d6bdc3cd99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1111690dc5460e612" w:history="1">
+      <w:hyperlink r:id="rId3488692d6bdc3cdc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7146690dc5460ebb1" w:history="1">
+      <w:hyperlink r:id="rId1320692d6bdc3d39d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drew &amp; Hancock (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera: Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4786690dc5460eedb" w:history="1">
+      <w:hyperlink r:id="rId3399692d6bdc3d6d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5471,51 +5471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): taxonomic changes based on a review of 20 years of integrative morphological, molecular, cytogenetic, behavioural, and chemoecological data. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8064690dc5460f117" w:history="1">
+      <w:hyperlink r:id="rId5981692d6bdc3d92b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5813,51 +5813,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9295690dc5460f342" w:history="1">
+      <w:hyperlink r:id="rId4997692d6bdc3db64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7023690dc5460f3f7" w:history="1">
+      <w:hyperlink r:id="rId1626692d6bdc3dc1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6082,63 +6082,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56854901" name="name1597690dc5460f8e0" descr="eu_funding_250.png"/>
+            <wp:docPr id="24102921" name="name5108692d6bdc3dd6e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7070690dc5460f8df" cstate="print"/>
+                    <a:blip r:embed="rId6989692d6bdc3dd6d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6236,137 +6236,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81525900">
+  <w:abstractNum w:abstractNumId="32595646">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32806487">
+    <w:lvl w:ilvl="0" w:tplc="65487353">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32806487" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65487353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81525899">
+  <w:abstractNum w:abstractNumId="32595645">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86638313">
+    <w:lvl w:ilvl="0" w:tplc="12204428">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,55 +7118,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81525899">
-    <w:abstractNumId w:val="81525899"/>
+  <w:num w:numId="32595645">
+    <w:abstractNumId w:val="32595645"/>
   </w:num>
-  <w:num w:numId="81525900">
-    <w:abstractNumId w:val="81525900"/>
+  <w:num w:numId="32595646">
+    <w:abstractNumId w:val="32595646"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18716,51 +18716,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId612362470" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId243514889" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2043690dc5460b9fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId1915690dc5460ba43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId8637690dc5460c32b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId6226690dc5460e5e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId1111690dc5460e612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId7146690dc5460ebb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId4786690dc5460eedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId8064690dc5460f117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId9295690dc5460f342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId7023690dc5460f3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1282690dc5460c1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1282690dc5460c1f9.jpg"/><Relationship Id="rId1650690dc5460df6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1650690dc5460df6c.jpg"/><Relationship Id="rId7070690dc5460f8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7070690dc5460f8df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591370221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339819909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6973692d6bdc378b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId3567692d6bdc378f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId6995692d6bdc38751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId7268692d6bdc3cd99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId3488692d6bdc3cdc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId1320692d6bdc3d39d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3399692d6bdc3d6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5981692d6bdc3d92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId4997692d6bdc3db64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId1626692d6bdc3dc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4954692d6bdc38613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4954692d6bdc38613.jpg"/><Relationship Id="rId5008692d6bdc3c67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5008692d6bdc3c67a.jpg"/><Relationship Id="rId6989692d6bdc3dd6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6989692d6bdc3dd6d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>