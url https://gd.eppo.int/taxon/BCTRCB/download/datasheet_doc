--- v1 (2025-12-01)
+++ v2 (2025-12-23)
@@ -260,88 +260,88 @@
               <w:t xml:space="preserve">Bactrocera species A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carambola fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6973692d6bdc378b1" w:history="1">
+            <w:hyperlink r:id="rId9816694adb02a7eb7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3567692d6bdc378f6" w:history="1">
+            <w:hyperlink r:id="rId2101694adb02a7f03" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -355,86 +355,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTRCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14813795" name="name7413692d6bdc38616" descr="2129.jpg"/>
+                  <wp:docPr id="92042761" name="name8067694adb02a86c8" descr="2129.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2129.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4954692d6bdc38613" cstate="print"/>
+                          <a:blip r:embed="rId4403694adb02a86c7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6995692d6bdc38751" w:history="1">
+            <w:hyperlink r:id="rId6279694adb02a87a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3020,63 +3020,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It was introduced into South America, and is present in French Guyana, Guyana, Brazil (Amapa, Para and Roraima), and Surinam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30086048" name="name2043692d6bdc3c67c" descr="BCTRCB_distribution_map.jpg"/>
+            <wp:docPr id="1448759" name="name2775694adb02aa87b" descr="BCTRCB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5008692d6bdc3c67a" cstate="print"/>
+                    <a:blip r:embed="rId5124694adb02aa878" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3775,74 +3775,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (IPPC, 2019). Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7268692d6bdc3cd99" w:history="1">
+      <w:hyperlink r:id="rId9216694adb02aaefc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3488692d6bdc3cdc6" w:history="1">
+      <w:hyperlink r:id="rId7401694adb02aaf26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1320692d6bdc3d39d" w:history="1">
+      <w:hyperlink r:id="rId4710694adb02ab4a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drew &amp; Hancock (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera: Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3399692d6bdc3d6d2" w:history="1">
+      <w:hyperlink r:id="rId2910694adb02ab7cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5471,51 +5471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): taxonomic changes based on a review of 20 years of integrative morphological, molecular, cytogenetic, behavioural, and chemoecological data. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5981692d6bdc3d92b" w:history="1">
+      <w:hyperlink r:id="rId4209694adb02aba05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5813,51 +5813,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4997692d6bdc3db64" w:history="1">
+      <w:hyperlink r:id="rId3848694adb02abc2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1626692d6bdc3dc1d" w:history="1">
+      <w:hyperlink r:id="rId3097694adb02abcdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6082,63 +6082,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24102921" name="name5108692d6bdc3dd6e" descr="eu_funding_250.png"/>
+            <wp:docPr id="60714340" name="name9786694adb02abe3d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6989692d6bdc3dd6d" cstate="print"/>
+                    <a:blip r:embed="rId8297694adb02abe3c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6236,137 +6236,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32595646">
+  <w:abstractNum w:abstractNumId="48753413">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65487353">
+    <w:lvl w:ilvl="0" w:tplc="55070574">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65487353" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55070574" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32595645">
+  <w:abstractNum w:abstractNumId="48753412">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12204428">
+    <w:lvl w:ilvl="0" w:tplc="73502646">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,55 +7118,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32595645">
-    <w:abstractNumId w:val="32595645"/>
+  <w:num w:numId="48753412">
+    <w:abstractNumId w:val="48753412"/>
   </w:num>
-  <w:num w:numId="32595646">
-    <w:abstractNumId w:val="32595646"/>
+  <w:num w:numId="48753413">
+    <w:abstractNumId w:val="48753413"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18716,51 +18716,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591370221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339819909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6973692d6bdc378b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId3567692d6bdc378f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId6995692d6bdc38751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId7268692d6bdc3cd99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId3488692d6bdc3cdc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId1320692d6bdc3d39d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3399692d6bdc3d6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5981692d6bdc3d92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId4997692d6bdc3db64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId1626692d6bdc3dc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4954692d6bdc38613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4954692d6bdc38613.jpg"/><Relationship Id="rId5008692d6bdc3c67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5008692d6bdc3c67a.jpg"/><Relationship Id="rId6989692d6bdc3dd6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6989692d6bdc3dd6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697893377" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId306355356" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9816694adb02a7eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId2101694adb02a7f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId6279694adb02a87a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId9216694adb02aaefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId7401694adb02aaf26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId4710694adb02ab4a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2910694adb02ab7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4209694adb02aba05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId3848694adb02abc2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId3097694adb02abcdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4403694adb02a86c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4403694adb02a86c7.jpg"/><Relationship Id="rId5124694adb02aa878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5124694adb02aa878.jpg"/><Relationship Id="rId8297694adb02abe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8297694adb02abe3c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>