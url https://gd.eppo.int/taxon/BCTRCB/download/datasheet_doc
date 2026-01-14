--- v2 (2025-12-23)
+++ v3 (2026-01-14)
@@ -260,88 +260,88 @@
               <w:t xml:space="preserve">Bactrocera species A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carambola fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9816694adb02a7eb7" w:history="1">
+            <w:hyperlink r:id="rId92076967911a1e647" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2101694adb02a7f03" w:history="1">
+            <w:hyperlink r:id="rId83826967911a1e688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -355,86 +355,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTRCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92042761" name="name8067694adb02a86c8" descr="2129.jpg"/>
+                  <wp:docPr id="16113307" name="name98106967911a1eb7c" descr="2129.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2129.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4403694adb02a86c7" cstate="print"/>
+                          <a:blip r:embed="rId26556967911a1eb7a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6279694adb02a87a3" w:history="1">
+            <w:hyperlink r:id="rId76426967911a1ec5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3020,63 +3020,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It was introduced into South America, and is present in French Guyana, Guyana, Brazil (Amapa, Para and Roraima), and Surinam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1448759" name="name2775694adb02aa87b" descr="BCTRCB_distribution_map.jpg"/>
+            <wp:docPr id="61871824" name="name36166967911a2083a" descr="BCTRCB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5124694adb02aa878" cstate="print"/>
+                    <a:blip r:embed="rId54726967911a20838" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3775,74 +3775,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (IPPC, 2019). Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9216694adb02aaefc" w:history="1">
+      <w:hyperlink r:id="rId53456967911a20e69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7401694adb02aaf26" w:history="1">
+      <w:hyperlink r:id="rId79596967911a20e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4710694adb02ab4a4" w:history="1">
+      <w:hyperlink r:id="rId76446967911a2141a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drew &amp; Hancock (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera: Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2910694adb02ab7cc" w:history="1">
+      <w:hyperlink r:id="rId26826967911a21744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5471,51 +5471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): taxonomic changes based on a review of 20 years of integrative morphological, molecular, cytogenetic, behavioural, and chemoecological data. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4209694adb02aba05" w:history="1">
+      <w:hyperlink r:id="rId80226967911a21980" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5813,51 +5813,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3848694adb02abc2c" w:history="1">
+      <w:hyperlink r:id="rId75826967911a21bae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5901,73 +5901,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3097694adb02abcdf" w:history="1">
+      <w:hyperlink r:id="rId88146967911a21c64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6082,63 +6082,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60714340" name="name9786694adb02abe3d" descr="eu_funding_250.png"/>
+            <wp:docPr id="68717046" name="name12306967911a21dc0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8297694adb02abe3c" cstate="print"/>
+                    <a:blip r:embed="rId96556967911a21dbf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6236,137 +6236,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48753413">
+  <w:abstractNum w:abstractNumId="33552089">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55070574">
+    <w:lvl w:ilvl="0" w:tplc="61077558">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55070574" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61077558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48753412">
+  <w:abstractNum w:abstractNumId="33552088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73502646">
+    <w:lvl w:ilvl="0" w:tplc="50286274">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,55 +7118,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48753412">
-    <w:abstractNumId w:val="48753412"/>
+  <w:num w:numId="33552088">
+    <w:abstractNumId w:val="33552088"/>
   </w:num>
-  <w:num w:numId="48753413">
-    <w:abstractNumId w:val="48753413"/>
+  <w:num w:numId="33552089">
+    <w:abstractNumId w:val="33552089"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18716,51 +18716,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697893377" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId306355356" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9816694adb02a7eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId2101694adb02a7f03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId6279694adb02a87a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId9216694adb02aaefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId7401694adb02aaf26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId4710694adb02ab4a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2910694adb02ab7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4209694adb02aba05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId3848694adb02abc2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId3097694adb02abcdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4403694adb02a86c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4403694adb02a86c7.jpg"/><Relationship Id="rId5124694adb02aa878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5124694adb02aa878.jpg"/><Relationship Id="rId8297694adb02abe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8297694adb02abe3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445525807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911659956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92076967911a1e647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId83826967911a1e688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId76426967911a1ec5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId53456967911a20e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId79596967911a20e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId76446967911a2141a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId26826967911a21744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId80226967911a21980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId75826967911a21bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId88146967911a21c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26556967911a1eb7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26556967911a1eb7a.jpg"/><Relationship Id="rId54726967911a20838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54726967911a20838.jpg"/><Relationship Id="rId96556967911a21dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96556967911a21dbf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>