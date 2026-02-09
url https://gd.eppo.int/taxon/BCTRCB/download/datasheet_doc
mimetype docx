--- v3 (2026-01-14)
+++ v4 (2026-02-09)
@@ -260,88 +260,88 @@
               <w:t xml:space="preserve">Bactrocera species A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carambola fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92076967911a1e647" w:history="1">
+            <w:hyperlink r:id="rId47866989ea9fad9ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83826967911a1e688" w:history="1">
+            <w:hyperlink r:id="rId38876989ea9fada2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -355,86 +355,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTRCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16113307" name="name98106967911a1eb7c" descr="2129.jpg"/>
+                  <wp:docPr id="30933111" name="name10506989ea9fae028" descr="2129.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2129.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26556967911a1eb7a" cstate="print"/>
+                          <a:blip r:embed="rId89746989ea9fae026" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId76426967911a1ec5b" w:history="1">
+            <w:hyperlink r:id="rId30066989ea9fae11c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3020,63 +3020,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It was introduced into South America, and is present in French Guyana, Guyana, Brazil (Amapa, Para and Roraima), and Surinam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61871824" name="name36166967911a2083a" descr="BCTRCB_distribution_map.jpg"/>
+            <wp:docPr id="84487144" name="name11886989ea9fafd41" descr="BCTRCB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54726967911a20838" cstate="print"/>
+                    <a:blip r:embed="rId42766989ea9fafd3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3775,74 +3775,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (IPPC, 2019). Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId53456967911a20e69" w:history="1">
+      <w:hyperlink r:id="rId32746989ea9fb041f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79596967911a20e92" w:history="1">
+      <w:hyperlink r:id="rId29476989ea9fb044c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76446967911a2141a" w:history="1">
+      <w:hyperlink r:id="rId60286989ea9fb09b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drew &amp; Hancock (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera: Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26826967911a21744" w:history="1">
+      <w:hyperlink r:id="rId85296989ea9fb0cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5471,51 +5471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): taxonomic changes based on a review of 20 years of integrative morphological, molecular, cytogenetic, behavioural, and chemoecological data. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80226967911a21980" w:history="1">
+      <w:hyperlink r:id="rId62576989ea9fb0f30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5813,51 +5813,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75826967911a21bae" w:history="1">
+      <w:hyperlink r:id="rId90526989ea9fb1159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88146967911a21c64" w:history="1">
+      <w:hyperlink r:id="rId45096989ea9fb120d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6082,63 +6082,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68717046" name="name12306967911a21dc0" descr="eu_funding_250.png"/>
+            <wp:docPr id="73466483" name="name67456989ea9fb139d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96556967911a21dbf" cstate="print"/>
+                    <a:blip r:embed="rId27876989ea9fb139c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6236,137 +6236,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33552089">
+  <w:abstractNum w:abstractNumId="49582300">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61077558">
+    <w:lvl w:ilvl="0" w:tplc="32969966">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61077558" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32969966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33552088">
+  <w:abstractNum w:abstractNumId="49582299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50286274">
+    <w:lvl w:ilvl="0" w:tplc="95967123">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,55 +7118,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33552088">
-    <w:abstractNumId w:val="33552088"/>
+  <w:num w:numId="49582299">
+    <w:abstractNumId w:val="49582299"/>
   </w:num>
-  <w:num w:numId="33552089">
-    <w:abstractNumId w:val="33552089"/>
+  <w:num w:numId="49582300">
+    <w:abstractNumId w:val="49582300"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18716,51 +18716,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445525807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911659956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92076967911a1e647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId83826967911a1e688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId76426967911a1ec5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId53456967911a20e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId79596967911a20e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId76446967911a2141a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId26826967911a21744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId80226967911a21980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId75826967911a21bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId88146967911a21c64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26556967911a1eb7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26556967911a1eb7a.jpg"/><Relationship Id="rId54726967911a20838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54726967911a20838.jpg"/><Relationship Id="rId96556967911a21dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96556967911a21dbf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId380005795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId767230613" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47866989ea9fad9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId38876989ea9fada2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId30066989ea9fae11c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId32746989ea9fb041f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId29476989ea9fb044c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId60286989ea9fb09b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId85296989ea9fb0cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId62576989ea9fb0f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId90526989ea9fb1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId45096989ea9fb120d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89746989ea9fae026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89746989ea9fae026.jpg"/><Relationship Id="rId42766989ea9fafd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42766989ea9fafd3d.jpg"/><Relationship Id="rId27876989ea9fb139c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27876989ea9fb139c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>