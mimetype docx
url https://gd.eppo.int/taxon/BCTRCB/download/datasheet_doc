--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -260,88 +260,88 @@
               <w:t xml:space="preserve">Bactrocera species A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carambola fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47866989ea9fad9ea" w:history="1">
+            <w:hyperlink r:id="rId746269a70beb278b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38876989ea9fada2c" w:history="1">
+            <w:hyperlink r:id="rId572269a70beb278fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -355,86 +355,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTRCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30933111" name="name10506989ea9fae028" descr="2129.jpg"/>
+                  <wp:docPr id="51920437" name="name351069a70beb27f55" descr="2129.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2129.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId89746989ea9fae026" cstate="print"/>
+                          <a:blip r:embed="rId839769a70beb27f53" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId30066989ea9fae11c" w:history="1">
+            <w:hyperlink r:id="rId672369a70beb280bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3020,105 +3020,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It was introduced into South America, and is present in French Guyana, Guyana, Brazil (Amapa, Para and Roraima), and Surinam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84487144" name="name11886989ea9fafd41" descr="BCTRCB_distribution_map.jpg"/>
+            <wp:docPr id="24411528" name="name251069a70beb29fbb" descr="BCTRCB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42766989ea9fafd3d" cstate="print"/>
+                    <a:blip r:embed="rId978569a70beb29fb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bangladesh, Brunei Darussalam, Cambodia, East Timor, India (Andaman and Nicobar Islands), Indonesia (Java, Kalimantan, Maluku, Nusa Tenggara, Sumatra), Malaysia (Sabah, Sarawak, West), Myanmar, Singapore, Thailand, Vietnam</w:t>
+        <w:t xml:space="preserve"> Bangladesh, Brunei Darussalam, Cambodia, East Timor, India (Andaman and Nicobar Islands), Indonesia (Java, Kalimantan, Maluku, Nusa Tenggara, Sulawesi, Sumatra), Malaysia (Sabah, Sarawak, West), Myanmar, Singapore, Thailand, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Brazil (Amapa, Para, Roraima), French Guiana, Guyana, Suriname</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3775,74 +3775,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (IPPC, 2019). Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId32746989ea9fb041f" w:history="1">
+      <w:hyperlink r:id="rId970969a70beb2a62b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29476989ea9fb044c" w:history="1">
+      <w:hyperlink r:id="rId325769a70beb2a656" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60286989ea9fb09b3" w:history="1">
+      <w:hyperlink r:id="rId893569a70beb2abbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drew &amp; Hancock (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera: Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85296989ea9fb0cf2" w:history="1">
+      <w:hyperlink r:id="rId428469a70beb2aee0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5471,51 +5471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): taxonomic changes based on a review of 20 years of integrative morphological, molecular, cytogenetic, behavioural, and chemoecological data. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62576989ea9fb0f30" w:history="1">
+      <w:hyperlink r:id="rId283569a70beb2b146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5813,51 +5813,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90526989ea9fb1159" w:history="1">
+      <w:hyperlink r:id="rId131769a70beb2b392" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45096989ea9fb120d" w:history="1">
+      <w:hyperlink r:id="rId861569a70beb2b44a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6082,63 +6082,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73466483" name="name67456989ea9fb139d" descr="eu_funding_250.png"/>
+            <wp:docPr id="20820372" name="name698869a70beb2b7da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27876989ea9fb139c" cstate="print"/>
+                    <a:blip r:embed="rId570769a70beb2b7d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6236,137 +6236,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49582300">
+  <w:abstractNum w:abstractNumId="22825592">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32969966">
+    <w:lvl w:ilvl="0" w:tplc="55025069">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32969966" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55025069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49582299">
+  <w:abstractNum w:abstractNumId="22825591">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95967123">
+    <w:lvl w:ilvl="0" w:tplc="81942610">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,55 +7118,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49582299">
-    <w:abstractNumId w:val="49582299"/>
+  <w:num w:numId="22825591">
+    <w:abstractNumId w:val="22825591"/>
   </w:num>
-  <w:num w:numId="49582300">
-    <w:abstractNumId w:val="49582300"/>
+  <w:num w:numId="22825592">
+    <w:abstractNumId w:val="22825592"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18716,51 +18716,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId380005795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId767230613" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47866989ea9fad9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId38876989ea9fada2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId30066989ea9fae11c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId32746989ea9fb041f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId29476989ea9fb044c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId60286989ea9fb09b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId85296989ea9fb0cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId62576989ea9fb0f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId90526989ea9fb1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId45096989ea9fb120d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89746989ea9fae026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89746989ea9fae026.jpg"/><Relationship Id="rId42766989ea9fafd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42766989ea9fafd3d.jpg"/><Relationship Id="rId27876989ea9fb139c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27876989ea9fb139c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116318027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669810036" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId746269a70beb278b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId572269a70beb278fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId672369a70beb280bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId970969a70beb2a62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId325769a70beb2a656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId893569a70beb2abbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId428469a70beb2aee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId283569a70beb2b146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId131769a70beb2b392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId861569a70beb2b44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId839769a70beb27f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839769a70beb27f53.jpg"/><Relationship Id="rId978569a70beb29fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978569a70beb29fb8.jpg"/><Relationship Id="rId570769a70beb2b7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570769a70beb2b7d9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>