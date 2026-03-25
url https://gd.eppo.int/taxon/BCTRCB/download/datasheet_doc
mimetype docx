--- v5 (2026-03-03)
+++ v6 (2026-03-25)
@@ -260,88 +260,88 @@
               <w:t xml:space="preserve">Bactrocera species A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carambola fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId746269a70beb278b7" w:history="1">
+            <w:hyperlink r:id="rId310169c3b3282f02c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId572269a70beb278fd" w:history="1">
+            <w:hyperlink r:id="rId873869c3b3282f071" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -355,86 +355,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BCTRCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51920437" name="name351069a70beb27f55" descr="2129.jpg"/>
+                  <wp:docPr id="44329194" name="name507969c3b3282f741" descr="2129.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2129.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId839769a70beb27f53" cstate="print"/>
+                          <a:blip r:embed="rId427169c3b3282f73f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId672369a70beb280bb" w:history="1">
+            <w:hyperlink r:id="rId863969c3b3282f846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3020,63 +3020,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It was introduced into South America, and is present in French Guyana, Guyana, Brazil (Amapa, Para and Roraima), and Surinam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24411528" name="name251069a70beb29fbb" descr="BCTRCB_distribution_map.jpg"/>
+            <wp:docPr id="88426973" name="name716069c3b3283159b" descr="BCTRCB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BCTRCB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId978569a70beb29fb8" cstate="print"/>
+                    <a:blip r:embed="rId215669c3b32831598" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3775,74 +3775,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species complex (IPPC, 2019). Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId970969a70beb2a62b" w:history="1">
+      <w:hyperlink r:id="rId152069c3b32831bef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325769a70beb2a656" w:history="1">
+      <w:hyperlink r:id="rId431469c3b32831c1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893569a70beb2abbe" w:history="1">
+      <w:hyperlink r:id="rId100069c3b3283219a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5118,51 +5118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Drew &amp; Hancock (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diptera: Tephritidae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428469a70beb2aee0" w:history="1">
+      <w:hyperlink r:id="rId608069c3b328324b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5471,51 +5471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): taxonomic changes based on a review of 20 years of integrative morphological, molecular, cytogenetic, behavioural, and chemoecological data. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283569a70beb2b146" w:history="1">
+      <w:hyperlink r:id="rId405869c3b328326ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5813,51 +5813,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131769a70beb2b392" w:history="1">
+      <w:hyperlink r:id="rId238869c3b3283290e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8700</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861569a70beb2b44a" w:history="1">
+      <w:hyperlink r:id="rId746469c3b328329c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6082,63 +6082,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20820372" name="name698869a70beb2b7da" descr="eu_funding_250.png"/>
+            <wp:docPr id="28060958" name="name562369c3b32832db1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId570769a70beb2b7d9" cstate="print"/>
+                    <a:blip r:embed="rId293969c3b32832daf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6236,137 +6236,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22825592">
+  <w:abstractNum w:abstractNumId="95557678">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55025069">
+    <w:lvl w:ilvl="0" w:tplc="63238962">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55025069" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63238962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22825591">
+  <w:abstractNum w:abstractNumId="95557677">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81942610">
+    <w:lvl w:ilvl="0" w:tplc="88089577">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,55 +7118,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22825591">
-    <w:abstractNumId w:val="22825591"/>
+  <w:num w:numId="95557677">
+    <w:abstractNumId w:val="95557677"/>
   </w:num>
-  <w:num w:numId="22825592">
-    <w:abstractNumId w:val="22825592"/>
+  <w:num w:numId="95557678">
+    <w:abstractNumId w:val="95557678"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18716,51 +18716,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116318027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669810036" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId746269a70beb278b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId572269a70beb278fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId672369a70beb280bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId970969a70beb2a62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId325769a70beb2a656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId893569a70beb2abbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId428469a70beb2aee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId283569a70beb2b146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId131769a70beb2b392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId861569a70beb2b44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId839769a70beb27f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839769a70beb27f53.jpg"/><Relationship Id="rId978569a70beb29fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978569a70beb29fb8.jpg"/><Relationship Id="rId570769a70beb2b7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570769a70beb2b7d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId370808637" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId380387151" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId310169c3b3282f02c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/" TargetMode="External"/><Relationship Id="rId873869c3b3282f071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/categorization" TargetMode="External"/><Relationship Id="rId863969c3b3282f846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BCTRCB/photos" TargetMode="External"/><Relationship Id="rId152069c3b32831bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?searchMenu=taxonomy&amp;query=carambolae&amp;taxon=carambolae" TargetMode="External"/><Relationship Id="rId431469c3b32831c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId100069c3b3283219a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId608069c3b328324b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId405869c3b328326ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId238869c3b3283290e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8700" TargetMode="External"/><Relationship Id="rId746469c3b328329c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId427169c3b3282f73f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId427169c3b3282f73f.jpg"/><Relationship Id="rId215669c3b32831598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId215669c3b32831598.jpg"/><Relationship Id="rId293969c3b32832daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293969c3b32832daf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>