--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BCTGA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Liquido NJ, McQuate GT, Birnbaum AL, Hanlin MA, Nakamichi KA, Inskeep JR, Ching AJF, Marnell SA, Kurashima RS (2019) A review of recorded host plants of oriental fruit fly, Bactrocera (Bactrocera) dorsalis (Hendel) (Diptera: Tephritidae), Version 3.1. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 4.0.</t>
   </si>
   <si>
@@ -74,53 +74,50 @@
   <si>
     <t>Dynamis borassi</t>
   </si>
   <si>
     <t>* Bautista-Giraldo MA, Ambrecht I, Vásquez-Ordoñez AA (2020) The weevil Dynamis borassi (Coleoptera: Curculionidae: Dryophthorinae) associated with native palms in forests and disturbed areas in Buenaventura, Colombia. Revista Colombiana de Entomología 46(2), e7721.  https://doi.org/10.25100/socolen.v46i2.7721
 *  Vásquez-Ordoñez AA, Löhr BL, Marvaldi AE (2020) Comparative morphology of the larvae of the palm weevils Dynamis borassi (Fabricius) and Rhynchophorus palmarum (Linnaeus) (Curculionidae: Dryophthorinae): Two major pests of peach palms in the Neotropics.  Papéis Avulsos de Zoologia. Museu de Zoologia da Universidade de Sao Paulo 60(special), e202060(s.i.).27. https://doi.org/10.11606/1807-0205/2020.60.special-issue.27</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus</t>
   </si>
   <si>
     <t>* Alpízar D, Fallas M, Oehlschlager AC, Gonzalez LM, Chinchilla CM, Bulgarelli J (2002) Pheromone mass trapping of the West Indian sugarcane weevil and the American palm weevil (Coleoptera: Curculionidae) in Palmito palm. Florida Entomologist 85, 426-430
 * Zorzenon FJ, Bergmann EC, Bicudo JE (2000) Primeira ocorrência de Metamasius hemipterus (Linnaeus, 1758) e Metamasius ensirostris (Germar, 1824)(Coleoptera, Curculionidae) em palmiteiros dos gêneros Euterpe e Bactris (Arecaceae) no Brasil. Arquivos do Instituto Biológico 67, 265-268.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Metamasius hemipterus (as Bactris)</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Heppner JB, Pena JE, Glenn H (1987) The banana moth, Opogona sacchari (Bojer) (Lepidoptera: Tineidae), in Florida. Entomology Circular, Division of Plant Industry, Florida Department of Agriculture and Consumer Services No. 293, 4pp.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* Stein CP, Daolio N (2012) Biologia de Tetranychus mexicanus (McGregor) (Acari: Tetranychidae) em folhas de Pupunha (Bactris gasipaes Kunth). Bioikos, Campinas 26(1), 23-28. http://periodicos.puc-campinas.edu.br/seer/index.php/bioikos/article/view/762/742
 ------- confirmed host.
 * Santana DLQ, Flechtmann CHW (1998) Mite (Arthropoda, Acari) associates of palms (Arecaceae) in Brazil I: present status and new records. Revista Brasileira de Zoologia, 15(4), 959–963. https://doi.org/10.1590/s0101-81751998000400014</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
@@ -459,61 +456,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D10"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="500.021" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -562,97 +559,85 @@
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-      <c r="C10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">