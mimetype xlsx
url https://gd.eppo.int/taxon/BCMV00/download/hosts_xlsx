--- v0 (2025-10-07)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BCMV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ARHHY</t>
   </si>
   <si>
     <t>Arachis hypogaea</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
@@ -93,50 +93,59 @@
     <t>Lablab purpureus</t>
   </si>
   <si>
     <t>* Das S, Jarugula S, Bagewadi B, Fayad A, Karasev AV, Naidu RA (2024) Characterization of bean common mosaic virus isolates infecting three leguminous bean crops from South and Southeast Asia. Plant Disease. 108(12): 3453-62.</t>
   </si>
   <si>
     <t>PHSLY</t>
   </si>
   <si>
     <t>Macroptilium lathyroides</t>
   </si>
   <si>
     <t>PHSPU</t>
   </si>
   <si>
     <t>Phaseolus pubescens</t>
   </si>
   <si>
     <t>* Zhao Z, Dong Z, Wang S, Fan Q, Zhang Y (2024) First report of bean common mosaic virus naturally infecting rice bean (Vigna umbellata) in China. Plant Disease 108(1), 233.</t>
   </si>
   <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
+  </si>
+  <si>
+    <t>VITVI</t>
+  </si>
+  <si>
+    <t>Vitis vinifera</t>
+  </si>
+  <si>
+    <t>* Fuchs M (2025) Grapevine viruses: Did you say more than a hundred? Journal of Plant Pathology 107(1), 217-227. https://doi.org/10.1007/s42161-024-01819-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -440,51 +449,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="308.925" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -576,50 +585,64 @@
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">