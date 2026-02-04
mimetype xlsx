--- v0 (2025-10-04)
+++ v1 (2026-02-04)
@@ -110,51 +110,51 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>