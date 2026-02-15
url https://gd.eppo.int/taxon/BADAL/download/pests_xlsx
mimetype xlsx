--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -12,62 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="BADAL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Experimental</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* Li Y, Wang K, Xie H, XuCL, Wang DW, Li J, Huang X, Peng XF (2016) Parasitism and pathogenicity of Radopholus similis to Ipomoea aquatica, Basella rubra and Cucurbita moschata and genetic diversity of different populations. Journal of Integrative Agriculture 15(1), 120-134. https://doi.org/10.1016/S2095-3119(14)61003-0</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* Echevarria A, Gimeno C, Jimenez R (1994) Liriomyza huidobrensis (Blanchard, 1926) (Diptera: Agromyzidae) una nueva plaga en cultivos valencianos. Boletin de Sanidad Vegetal. Plagas 20, 103-109.
 * He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.
 * Rauf A, Shepard BM, Johnson MW (2000) Leafminers in vegetables, ornamental plants and weeds in Indonesia: surveys of host crops, species composition and parasitoids. International Journal of Pest Management 46, 257-266.
 ------- Confirmed host. Reared from infested leaves collected in the field.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Bui HX, Gu M, Riva G, Dasaeger JA (2022) Meloidogyne spp. infecting Asian vegetables in central Florida, USA. Nematropica 52(1), 56-63.</t>
   </si>
@@ -395,104 +407,118 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D3"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="379.764" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
         <v>8</v>
       </c>
-      <c r="C3" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">