--- v0 (2025-10-01)
+++ v1 (2025-10-26)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Florida groundsel bush, consumption weed, eastern baccharis, groundsel baccharis (US), groundsel bush, groundsel tree, salt bush, saltmarsh elder, sea myrtle, seepwillow, tree groundsel, waterbrush</w:t>
             </w:r>
-            <w:hyperlink r:id="rId940568dcf7c43888a" w:history="1">
+            <w:hyperlink r:id="rId473468fdbe6911e7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293468dcf7c4388f6" w:history="1">
+            <w:hyperlink r:id="rId316068fdbe6911eea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BACHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39128707" name="name217668dcf7c4389c9" descr="255.jpg"/>
+                  <wp:docPr id="85846316" name="name321568fdbe6912a60" descr="255.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="255.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId381468dcf7c4389c8" cstate="print"/>
+                          <a:blip r:embed="rId398168fdbe6912a5e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId213768dcf7c438b60" w:history="1">
+            <w:hyperlink r:id="rId870768fdbe6912bae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -769,63 +769,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013). The plant is also recorded as planted in the Ataturk arboretum in Istanbul, but has so far not been recorded in the wild (Ibreliler Website, www.ibreliler.com).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92677767" name="name866468dcf7c439833" descr="BACHA_distribution_map.jpg"/>
+            <wp:docPr id="37518266" name="name138968fdbe691491c" descr="BACHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BACHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId118068dcf7c439831" cstate="print"/>
+                    <a:blip r:embed="rId485768fdbe6914917" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3910,51 +3910,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. NSW Agriculture, Grafton (US) (in French).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for Baccharis halimifolia. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468368dcf7c43b292" w:history="1">
+      <w:hyperlink r:id="rId970568fdbe69170b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4038,101 +4038,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fédération des Conservatoires Botaniques Nationaux (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432268dcf7c43b369" w:history="1">
+      <w:hyperlink r:id="rId207168fdbe691718c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America, Vol. 20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735068dcf7c43b3bc" w:history="1">
+      <w:hyperlink r:id="rId502568fdbe69171e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4207,92 +4207,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1639–1658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913668dcf7c43b488" w:history="1">
+      <w:hyperlink r:id="rId752468fdbe69172ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-013-0597-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno Vasco. Direccion de Biodiversidad y Participacion Ambiental. Comision Internacional de Seguimiento e Intercambio de Experiencias (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951368dcf7c43b4d2" w:history="1">
+      <w:hyperlink r:id="rId443868fdbe69172f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ingurumena. ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/ es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios. pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4372,51 +4372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Alien Species in Belgium Website, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405768dcf7c43b5a2" w:history="1">
+      <w:hyperlink r:id="rId249268fdbe69173c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/species/show/41 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4636,51 +4636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197–228 (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio de agricultura, alimentacion y medio ambiente, Boletın Official de Estado, Lunes 12 de diciembre de (2011), Num. 29, Sec. I., 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399368dcf7c43b777" w:history="1">
+      <w:hyperlink r:id="rId768068fdbe691757b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011- 19398.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4713,51 +4713,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Conservatoire Botanique National de Brest (in French). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LIFE project 08NAT/E/000055 Website Restoration of habitats of Community interest in estuaries of the Basque Country. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462168dcf7c43b7f9" w:history="1">
+      <w:hyperlink r:id="rId747468fdbe69175f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. ingurumena.ejgv.euskadi.net/r49-life55/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4924,51 +4924,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. USDA NRCS, 3p. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nova Scotia Website, Species at Risk Conservation Fund 2009 Approved Projects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858068dcf7c43b965" w:history="1">
+      <w:hyperlink r:id="rId215368fdbe69177db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://novascotia.ca/natr/wildlife/conservationfund/ 2009projects.asp </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-ARS Website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Germplasm Resources Information Network - (GRIN) National Germplasm Resources Laboratory, Beltsville, Maryland (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325868dcf7c43bceb" w:history="1">
+      <w:hyperlink r:id="rId332768fdbe6917d45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ars-grin.gov/ cgi-bin/npgs/html/taxon.pl?6232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accharis halimifoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a L. Manual of the Alien Plants in Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216768dcf7c43be28" w:history="1">
+      <w:hyperlink r:id="rId910868fdbe6917f1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/baccharishalimifolia-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Herbarium of Australia (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374068dcf7c43be87" w:history="1">
+      <w:hyperlink r:id="rId889668fdbe6917fa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh. ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> View [accessed on 10 January 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Publishing, Oxon (GB). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214568dcf7c43bf61" w:history="1">
+      <w:hyperlink r:id="rId953668fdbe69180d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378268dcf7c43c0eb" w:history="1">
+      <w:hyperlink r:id="rId940368fdbe69183e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811268dcf7c43c1ae" w:history="1">
+      <w:hyperlink r:id="rId443768fdbe69184ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76637738">
+  <w:abstractNum w:abstractNumId="32096500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30585375">
+    <w:lvl w:ilvl="0" w:tplc="56689354">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30585375" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56689354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76637737">
+  <w:abstractNum w:abstractNumId="32096499">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17577004">
+    <w:lvl w:ilvl="0" w:tplc="17963148">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76637737">
-    <w:abstractNumId w:val="76637737"/>
+  <w:num w:numId="32096499">
+    <w:abstractNumId w:val="32096499"/>
   </w:num>
-  <w:num w:numId="76637738">
-    <w:abstractNumId w:val="76637738"/>
+  <w:num w:numId="32096500">
+    <w:abstractNumId w:val="32096500"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId450500579" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId319925947" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId940568dcf7c43888a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId293468dcf7c4388f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId213768dcf7c438b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId468368dcf7c43b292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId432268dcf7c43b369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId735068dcf7c43b3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId913668dcf7c43b488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId951368dcf7c43b4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId405768dcf7c43b5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId399368dcf7c43b777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId462168dcf7c43b7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId858068dcf7c43b965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId325868dcf7c43bceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId216768dcf7c43be28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId374068dcf7c43be87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId214568dcf7c43bf61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId378268dcf7c43c0eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId811268dcf7c43c1ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId381468dcf7c4389c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId381468dcf7c4389c8.jpg"/><Relationship Id="rId118068dcf7c439831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId118068dcf7c439831.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787782108" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498400230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId473468fdbe6911e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId316068fdbe6911eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId870768fdbe6912bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId970568fdbe69170b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId207168fdbe691718c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId502568fdbe69171e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId752468fdbe69172ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId443868fdbe69172f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId249268fdbe69173c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId768068fdbe691757b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId747468fdbe69175f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId215368fdbe69177db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId332768fdbe6917d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId910868fdbe6917f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId889668fdbe6917fa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId953668fdbe69180d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId940368fdbe69183e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId443768fdbe69184ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId398168fdbe6912a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId398168fdbe6912a5e.jpg"/><Relationship Id="rId485768fdbe6914917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId485768fdbe6914917.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>