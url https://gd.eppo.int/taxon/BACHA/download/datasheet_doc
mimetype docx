--- v1 (2025-10-26)
+++ v2 (2025-11-18)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Florida groundsel bush, consumption weed, eastern baccharis, groundsel baccharis (US), groundsel bush, groundsel tree, salt bush, saltmarsh elder, sea myrtle, seepwillow, tree groundsel, waterbrush</w:t>
             </w:r>
-            <w:hyperlink r:id="rId473468fdbe6911e7e" w:history="1">
+            <w:hyperlink r:id="rId4131691cc4f5632ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316068fdbe6911eea" w:history="1">
+            <w:hyperlink r:id="rId2599691cc4f563383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BACHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85846316" name="name321568fdbe6912a60" descr="255.jpg"/>
+                  <wp:docPr id="97457411" name="name9988691cc4f563ed0" descr="255.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="255.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId398168fdbe6912a5e" cstate="print"/>
+                          <a:blip r:embed="rId8896691cc4f563ece" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId870768fdbe6912bae" w:history="1">
+            <w:hyperlink r:id="rId8751691cc4f564000" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -769,63 +769,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013). The plant is also recorded as planted in the Ataturk arboretum in Istanbul, but has so far not been recorded in the wild (Ibreliler Website, www.ibreliler.com).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37518266" name="name138968fdbe691491c" descr="BACHA_distribution_map.jpg"/>
+            <wp:docPr id="12696822" name="name5575691cc4f565449" descr="BACHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BACHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId485768fdbe6914917" cstate="print"/>
+                    <a:blip r:embed="rId7265691cc4f565446" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3910,51 +3910,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. NSW Agriculture, Grafton (US) (in French).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for Baccharis halimifolia. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970568fdbe69170b2" w:history="1">
+      <w:hyperlink r:id="rId1723691cc4f567b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4038,101 +4038,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fédération des Conservatoires Botaniques Nationaux (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207168fdbe691718c" w:history="1">
+      <w:hyperlink r:id="rId2292691cc4f567c7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America, Vol. 20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502568fdbe69171e1" w:history="1">
+      <w:hyperlink r:id="rId4161691cc4f567cd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4207,92 +4207,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1639–1658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752468fdbe69172ab" w:history="1">
+      <w:hyperlink r:id="rId9890691cc4f567da4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-013-0597-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno Vasco. Direccion de Biodiversidad y Participacion Ambiental. Comision Internacional de Seguimiento e Intercambio de Experiencias (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443868fdbe69172f4" w:history="1">
+      <w:hyperlink r:id="rId9019691cc4f567dee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ingurumena. ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/ es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios. pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4372,51 +4372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Alien Species in Belgium Website, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249268fdbe69173c9" w:history="1">
+      <w:hyperlink r:id="rId4648691cc4f567ec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/species/show/41 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4636,51 +4636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197–228 (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio de agricultura, alimentacion y medio ambiente, Boletın Official de Estado, Lunes 12 de diciembre de (2011), Num. 29, Sec. I., 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768068fdbe691757b" w:history="1">
+      <w:hyperlink r:id="rId5221691cc4f5680b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011- 19398.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4713,51 +4713,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Conservatoire Botanique National de Brest (in French). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LIFE project 08NAT/E/000055 Website Restoration of habitats of Community interest in estuaries of the Basque Country. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747468fdbe69175f9" w:history="1">
+      <w:hyperlink r:id="rId7953691cc4f56813a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. ingurumena.ejgv.euskadi.net/r49-life55/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4924,51 +4924,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. USDA NRCS, 3p. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nova Scotia Website, Species at Risk Conservation Fund 2009 Approved Projects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215368fdbe69177db" w:history="1">
+      <w:hyperlink r:id="rId7314691cc4f568294" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://novascotia.ca/natr/wildlife/conservationfund/ 2009projects.asp </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-ARS Website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Germplasm Resources Information Network - (GRIN) National Germplasm Resources Laboratory, Beltsville, Maryland (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332768fdbe6917d45" w:history="1">
+      <w:hyperlink r:id="rId2362691cc4f568612" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ars-grin.gov/ cgi-bin/npgs/html/taxon.pl?6232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accharis halimifoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a L. Manual of the Alien Plants in Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910868fdbe6917f1e" w:history="1">
+      <w:hyperlink r:id="rId2565691cc4f5687e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/baccharishalimifolia-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Herbarium of Australia (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889668fdbe6917fa7" w:history="1">
+      <w:hyperlink r:id="rId9834691cc4f56884b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh. ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> View [accessed on 10 January 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Publishing, Oxon (GB). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953668fdbe69180d4" w:history="1">
+      <w:hyperlink r:id="rId9280691cc4f56895d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940368fdbe69183e7" w:history="1">
+      <w:hyperlink r:id="rId6008691cc4f568ba8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443768fdbe69184ed" w:history="1">
+      <w:hyperlink r:id="rId4061691cc4f568c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32096500">
+  <w:abstractNum w:abstractNumId="64471218">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56689354">
+    <w:lvl w:ilvl="0" w:tplc="18052027">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56689354" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18052027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32096499">
+  <w:abstractNum w:abstractNumId="64471217">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17963148">
+    <w:lvl w:ilvl="0" w:tplc="84098344">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32096499">
-    <w:abstractNumId w:val="32096499"/>
+  <w:num w:numId="64471217">
+    <w:abstractNumId w:val="64471217"/>
   </w:num>
-  <w:num w:numId="32096500">
-    <w:abstractNumId w:val="32096500"/>
+  <w:num w:numId="64471218">
+    <w:abstractNumId w:val="64471218"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787782108" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498400230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId473468fdbe6911e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId316068fdbe6911eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId870768fdbe6912bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId970568fdbe69170b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId207168fdbe691718c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId502568fdbe69171e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId752468fdbe69172ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId443868fdbe69172f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId249268fdbe69173c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId768068fdbe691757b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId747468fdbe69175f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId215368fdbe69177db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId332768fdbe6917d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId910868fdbe6917f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId889668fdbe6917fa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId953668fdbe69180d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId940368fdbe69183e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId443768fdbe69184ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId398168fdbe6912a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId398168fdbe6912a5e.jpg"/><Relationship Id="rId485768fdbe6914917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId485768fdbe6914917.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653921610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId167163632" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4131691cc4f5632ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId2599691cc4f563383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId8751691cc4f564000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId1723691cc4f567b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2292691cc4f567c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId4161691cc4f567cd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId9890691cc4f567da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId9019691cc4f567dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId4648691cc4f567ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId5221691cc4f5680b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId7953691cc4f56813a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId7314691cc4f568294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId2362691cc4f568612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId2565691cc4f5687e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId9834691cc4f56884b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId9280691cc4f56895d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId6008691cc4f568ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4061691cc4f568c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId8896691cc4f563ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8896691cc4f563ece.jpg"/><Relationship Id="rId7265691cc4f565446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7265691cc4f565446.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>