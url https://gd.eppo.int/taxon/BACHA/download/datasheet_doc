--- v2 (2025-11-18)
+++ v3 (2025-12-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Florida groundsel bush, consumption weed, eastern baccharis, groundsel baccharis (US), groundsel bush, groundsel tree, salt bush, saltmarsh elder, sea myrtle, seepwillow, tree groundsel, waterbrush</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4131691cc4f5632ff" w:history="1">
+            <w:hyperlink r:id="rId8465693e0a8485877" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2599691cc4f563383" w:history="1">
+            <w:hyperlink r:id="rId7629693e0a84858e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BACHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97457411" name="name9988691cc4f563ed0" descr="255.jpg"/>
+                  <wp:docPr id="6130263" name="name3009693e0a84859f0" descr="255.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="255.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8896691cc4f563ece" cstate="print"/>
+                          <a:blip r:embed="rId4748693e0a84859ef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8751691cc4f564000" w:history="1">
+            <w:hyperlink r:id="rId1817693e0a8485b29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -769,63 +769,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013). The plant is also recorded as planted in the Ataturk arboretum in Istanbul, but has so far not been recorded in the wild (Ibreliler Website, www.ibreliler.com).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12696822" name="name5575691cc4f565449" descr="BACHA_distribution_map.jpg"/>
+            <wp:docPr id="61713846" name="name1529693e0a8485f63" descr="BACHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BACHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7265691cc4f565446" cstate="print"/>
+                    <a:blip r:embed="rId4588693e0a8485f62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3910,51 +3910,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. NSW Agriculture, Grafton (US) (in French).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for Baccharis halimifolia. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1723691cc4f567b53" w:history="1">
+      <w:hyperlink r:id="rId9521693e0a8487584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4038,101 +4038,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fédération des Conservatoires Botaniques Nationaux (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2292691cc4f567c7f" w:history="1">
+      <w:hyperlink r:id="rId4819693e0a848765d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America, Vol. 20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4161691cc4f567cd6" w:history="1">
+      <w:hyperlink r:id="rId2846693e0a84876b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4207,92 +4207,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1639–1658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9890691cc4f567da4" w:history="1">
+      <w:hyperlink r:id="rId5707693e0a8487781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-013-0597-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno Vasco. Direccion de Biodiversidad y Participacion Ambiental. Comision Internacional de Seguimiento e Intercambio de Experiencias (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9019691cc4f567dee" w:history="1">
+      <w:hyperlink r:id="rId9343693e0a84877cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ingurumena. ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/ es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios. pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4372,51 +4372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Alien Species in Belgium Website, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4648691cc4f567ec2" w:history="1">
+      <w:hyperlink r:id="rId1808693e0a84878a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/species/show/41 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4636,51 +4636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197–228 (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio de agricultura, alimentacion y medio ambiente, Boletın Official de Estado, Lunes 12 de diciembre de (2011), Num. 29, Sec. I., 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5221691cc4f5680b7" w:history="1">
+      <w:hyperlink r:id="rId3825693e0a8487a5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011- 19398.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4713,51 +4713,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Conservatoire Botanique National de Brest (in French). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LIFE project 08NAT/E/000055 Website Restoration of habitats of Community interest in estuaries of the Basque Country. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7953691cc4f56813a" w:history="1">
+      <w:hyperlink r:id="rId4828693e0a8487adc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. ingurumena.ejgv.euskadi.net/r49-life55/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4924,51 +4924,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. USDA NRCS, 3p. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nova Scotia Website, Species at Risk Conservation Fund 2009 Approved Projects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7314691cc4f568294" w:history="1">
+      <w:hyperlink r:id="rId6150693e0a8487c52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://novascotia.ca/natr/wildlife/conservationfund/ 2009projects.asp </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-ARS Website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Germplasm Resources Information Network - (GRIN) National Germplasm Resources Laboratory, Beltsville, Maryland (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2362691cc4f568612" w:history="1">
+      <w:hyperlink r:id="rId1736693e0a8487ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ars-grin.gov/ cgi-bin/npgs/html/taxon.pl?6232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accharis halimifoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a L. Manual of the Alien Plants in Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2565691cc4f5687e1" w:history="1">
+      <w:hyperlink r:id="rId8799693e0a848814d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/baccharishalimifolia-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Herbarium of Australia (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9834691cc4f56884b" w:history="1">
+      <w:hyperlink r:id="rId2390693e0a84881b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh. ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> View [accessed on 10 January 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Publishing, Oxon (GB). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9280691cc4f56895d" w:history="1">
+      <w:hyperlink r:id="rId1972693e0a8488291" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6008691cc4f568ba8" w:history="1">
+      <w:hyperlink r:id="rId4355693e0a8488425" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4061691cc4f568c73" w:history="1">
+      <w:hyperlink r:id="rId3789693e0a84884ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64471218">
+  <w:abstractNum w:abstractNumId="72883551">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18052027">
+    <w:lvl w:ilvl="0" w:tplc="89606247">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18052027" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89606247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64471217">
+  <w:abstractNum w:abstractNumId="72883550">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84098344">
+    <w:lvl w:ilvl="0" w:tplc="53631697">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64471217">
-    <w:abstractNumId w:val="64471217"/>
+  <w:num w:numId="72883550">
+    <w:abstractNumId w:val="72883550"/>
   </w:num>
-  <w:num w:numId="64471218">
-    <w:abstractNumId w:val="64471218"/>
+  <w:num w:numId="72883551">
+    <w:abstractNumId w:val="72883551"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653921610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId167163632" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4131691cc4f5632ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId2599691cc4f563383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId8751691cc4f564000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId1723691cc4f567b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2292691cc4f567c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId4161691cc4f567cd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId9890691cc4f567da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId9019691cc4f567dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId4648691cc4f567ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId5221691cc4f5680b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId7953691cc4f56813a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId7314691cc4f568294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId2362691cc4f568612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId2565691cc4f5687e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId9834691cc4f56884b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId9280691cc4f56895d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId6008691cc4f568ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4061691cc4f568c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId8896691cc4f563ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8896691cc4f563ece.jpg"/><Relationship Id="rId7265691cc4f565446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7265691cc4f565446.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId714641938" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722585581" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8465693e0a8485877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId7629693e0a84858e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId1817693e0a8485b29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId9521693e0a8487584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4819693e0a848765d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId2846693e0a84876b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId5707693e0a8487781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId9343693e0a84877cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId1808693e0a84878a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId3825693e0a8487a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId4828693e0a8487adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId6150693e0a8487c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId1736693e0a8487ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId8799693e0a848814d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId2390693e0a84881b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId1972693e0a8488291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId4355693e0a8488425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3789693e0a84884ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId4748693e0a84859ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4748693e0a84859ef.jpg"/><Relationship Id="rId4588693e0a8485f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4588693e0a8485f62.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>