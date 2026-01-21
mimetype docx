--- v3 (2025-12-14)
+++ v4 (2026-01-21)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Florida groundsel bush, consumption weed, eastern baccharis, groundsel baccharis (US), groundsel bush, groundsel tree, salt bush, saltmarsh elder, sea myrtle, seepwillow, tree groundsel, waterbrush</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8465693e0a8485877" w:history="1">
+            <w:hyperlink r:id="rId2610697071ee65d40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7629693e0a84858e5" w:history="1">
+            <w:hyperlink r:id="rId7300697071ee65da8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BACHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6130263" name="name3009693e0a84859f0" descr="255.jpg"/>
+                  <wp:docPr id="87669633" name="name1731697071ee6634b" descr="255.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="255.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4748693e0a84859ef" cstate="print"/>
+                          <a:blip r:embed="rId6232697071ee66349" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1817693e0a8485b29" w:history="1">
+            <w:hyperlink r:id="rId7222697071ee66492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -769,63 +769,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013). The plant is also recorded as planted in the Ataturk arboretum in Istanbul, but has so far not been recorded in the wild (Ibreliler Website, www.ibreliler.com).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61713846" name="name1529693e0a8485f63" descr="BACHA_distribution_map.jpg"/>
+            <wp:docPr id="46226312" name="name2531697071ee673bf" descr="BACHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BACHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4588693e0a8485f62" cstate="print"/>
+                    <a:blip r:embed="rId4415697071ee673bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3910,51 +3910,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. NSW Agriculture, Grafton (US) (in French).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for Baccharis halimifolia. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9521693e0a8487584" w:history="1">
+      <w:hyperlink r:id="rId5622697071ee68975" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4038,101 +4038,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fédération des Conservatoires Botaniques Nationaux (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4819693e0a848765d" w:history="1">
+      <w:hyperlink r:id="rId6612697071ee68a54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America, Vol. 20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2846693e0a84876b2" w:history="1">
+      <w:hyperlink r:id="rId7840697071ee68aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4207,92 +4207,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1639–1658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5707693e0a8487781" w:history="1">
+      <w:hyperlink r:id="rId5428697071ee68b6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-013-0597-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno Vasco. Direccion de Biodiversidad y Participacion Ambiental. Comision Internacional de Seguimiento e Intercambio de Experiencias (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9343693e0a84877cc" w:history="1">
+      <w:hyperlink r:id="rId1319697071ee68bb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ingurumena. ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/ es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios. pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4372,51 +4372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Alien Species in Belgium Website, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1808693e0a84878a0" w:history="1">
+      <w:hyperlink r:id="rId6890697071ee68c7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/species/show/41 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4636,51 +4636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197–228 (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio de agricultura, alimentacion y medio ambiente, Boletın Official de Estado, Lunes 12 de diciembre de (2011), Num. 29, Sec. I., 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3825693e0a8487a5b" w:history="1">
+      <w:hyperlink r:id="rId2694697071ee68e30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011- 19398.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4713,51 +4713,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Conservatoire Botanique National de Brest (in French). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LIFE project 08NAT/E/000055 Website Restoration of habitats of Community interest in estuaries of the Basque Country. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4828693e0a8487adc" w:history="1">
+      <w:hyperlink r:id="rId5061697071ee68eaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. ingurumena.ejgv.euskadi.net/r49-life55/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4924,51 +4924,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. USDA NRCS, 3p. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nova Scotia Website, Species at Risk Conservation Fund 2009 Approved Projects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6150693e0a8487c52" w:history="1">
+      <w:hyperlink r:id="rId5428697071ee69000" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://novascotia.ca/natr/wildlife/conservationfund/ 2009projects.asp </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-ARS Website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Germplasm Resources Information Network - (GRIN) National Germplasm Resources Laboratory, Beltsville, Maryland (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1736693e0a8487ff7" w:history="1">
+      <w:hyperlink r:id="rId9181697071ee6936d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ars-grin.gov/ cgi-bin/npgs/html/taxon.pl?6232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accharis halimifoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a L. Manual of the Alien Plants in Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8799693e0a848814d" w:history="1">
+      <w:hyperlink r:id="rId1960697071ee694a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/baccharishalimifolia-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Herbarium of Australia (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2390693e0a84881b0" w:history="1">
+      <w:hyperlink r:id="rId1961697071ee69500" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh. ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> View [accessed on 10 January 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Publishing, Oxon (GB). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1972693e0a8488291" w:history="1">
+      <w:hyperlink r:id="rId5999697071ee695e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6090,73 +6090,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4355693e0a8488425" w:history="1">
+      <w:hyperlink r:id="rId7272697071ee6977d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3789693e0a84884ed" w:history="1">
+      <w:hyperlink r:id="rId9385697071ee69841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72883551">
+  <w:abstractNum w:abstractNumId="40513777">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89606247">
+    <w:lvl w:ilvl="0" w:tplc="36328990">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89606247" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36328990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72883550">
+  <w:abstractNum w:abstractNumId="40513776">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53631697">
+    <w:lvl w:ilvl="0" w:tplc="25096439">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72883550">
-    <w:abstractNumId w:val="72883550"/>
+  <w:num w:numId="40513776">
+    <w:abstractNumId w:val="40513776"/>
   </w:num>
-  <w:num w:numId="72883551">
-    <w:abstractNumId w:val="72883551"/>
+  <w:num w:numId="40513777">
+    <w:abstractNumId w:val="40513777"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId714641938" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722585581" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8465693e0a8485877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId7629693e0a84858e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId1817693e0a8485b29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId9521693e0a8487584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4819693e0a848765d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId2846693e0a84876b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId5707693e0a8487781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId9343693e0a84877cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId1808693e0a84878a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId3825693e0a8487a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId4828693e0a8487adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId6150693e0a8487c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId1736693e0a8487ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId8799693e0a848814d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId2390693e0a84881b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId1972693e0a8488291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId4355693e0a8488425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3789693e0a84884ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId4748693e0a84859ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4748693e0a84859ef.jpg"/><Relationship Id="rId4588693e0a8485f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4588693e0a8485f62.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880554873" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351354019" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2610697071ee65d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId7300697071ee65da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId7222697071ee66492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId5622697071ee68975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6612697071ee68a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId7840697071ee68aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId5428697071ee68b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId1319697071ee68bb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId6890697071ee68c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId2694697071ee68e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId5061697071ee68eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId5428697071ee69000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId9181697071ee6936d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId1960697071ee694a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId1961697071ee69500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId5999697071ee695e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId7272697071ee6977d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9385697071ee69841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId6232697071ee66349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6232697071ee66349.jpg"/><Relationship Id="rId4415697071ee673bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4415697071ee673bb.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>