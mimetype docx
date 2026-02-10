--- v4 (2026-01-21)
+++ v5 (2026-02-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Florida groundsel bush, consumption weed, eastern baccharis, groundsel baccharis (US), groundsel bush, groundsel tree, salt bush, saltmarsh elder, sea myrtle, seepwillow, tree groundsel, waterbrush</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2610697071ee65d40" w:history="1">
+            <w:hyperlink r:id="rId2318698b50d59b63d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7300697071ee65da8" w:history="1">
+            <w:hyperlink r:id="rId3628698b50d59b6a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BACHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87669633" name="name1731697071ee6634b" descr="255.jpg"/>
+                  <wp:docPr id="80775998" name="name5766698b50d59ba56" descr="255.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="255.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6232697071ee66349" cstate="print"/>
+                          <a:blip r:embed="rId1194698b50d59ba54" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7222697071ee66492" w:history="1">
+            <w:hyperlink r:id="rId6590698b50d59bb22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -769,63 +769,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013). The plant is also recorded as planted in the Ataturk arboretum in Istanbul, but has so far not been recorded in the wild (Ibreliler Website, www.ibreliler.com).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46226312" name="name2531697071ee673bf" descr="BACHA_distribution_map.jpg"/>
+            <wp:docPr id="57208174" name="name9426698b50d59c511" descr="BACHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BACHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4415697071ee673bb" cstate="print"/>
+                    <a:blip r:embed="rId1386698b50d59c50f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3910,51 +3910,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. NSW Agriculture, Grafton (US) (in French).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for Baccharis halimifolia. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5622697071ee68975" w:history="1">
+      <w:hyperlink r:id="rId6889698b50d59da4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4038,101 +4038,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fédération des Conservatoires Botaniques Nationaux (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6612697071ee68a54" w:history="1">
+      <w:hyperlink r:id="rId6437698b50d59db1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America, Vol. 20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7840697071ee68aa7" w:history="1">
+      <w:hyperlink r:id="rId7187698b50d59db6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4207,92 +4207,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1639–1658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5428697071ee68b6b" w:history="1">
+      <w:hyperlink r:id="rId5020698b50d59dc45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-013-0597-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno Vasco. Direccion de Biodiversidad y Participacion Ambiental. Comision Internacional de Seguimiento e Intercambio de Experiencias (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1319697071ee68bb2" w:history="1">
+      <w:hyperlink r:id="rId4270698b50d59dc8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ingurumena. ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/ es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios. pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4372,51 +4372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Alien Species in Belgium Website, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6890697071ee68c7f" w:history="1">
+      <w:hyperlink r:id="rId8008698b50d59dd61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/species/show/41 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4636,51 +4636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197–228 (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio de agricultura, alimentacion y medio ambiente, Boletın Official de Estado, Lunes 12 de diciembre de (2011), Num. 29, Sec. I., 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2694697071ee68e30" w:history="1">
+      <w:hyperlink r:id="rId2003698b50d59df0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011- 19398.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4713,51 +4713,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Conservatoire Botanique National de Brest (in French). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LIFE project 08NAT/E/000055 Website Restoration of habitats of Community interest in estuaries of the Basque Country. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5061697071ee68eaf" w:history="1">
+      <w:hyperlink r:id="rId4626698b50d59df8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. ingurumena.ejgv.euskadi.net/r49-life55/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4924,51 +4924,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. USDA NRCS, 3p. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nova Scotia Website, Species at Risk Conservation Fund 2009 Approved Projects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5428697071ee69000" w:history="1">
+      <w:hyperlink r:id="rId4925698b50d59e0de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://novascotia.ca/natr/wildlife/conservationfund/ 2009projects.asp </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-ARS Website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Germplasm Resources Information Network - (GRIN) National Germplasm Resources Laboratory, Beltsville, Maryland (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9181697071ee6936d" w:history="1">
+      <w:hyperlink r:id="rId7350698b50d59e467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ars-grin.gov/ cgi-bin/npgs/html/taxon.pl?6232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accharis halimifoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a L. Manual of the Alien Plants in Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1960697071ee694a5" w:history="1">
+      <w:hyperlink r:id="rId3400698b50d59e5a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/baccharishalimifolia-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Herbarium of Australia (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1961697071ee69500" w:history="1">
+      <w:hyperlink r:id="rId3507698b50d59e601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh. ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> View [accessed on 10 January 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Publishing, Oxon (GB). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5999697071ee695e6" w:history="1">
+      <w:hyperlink r:id="rId3045698b50d59e6da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7272697071ee6977d" w:history="1">
+      <w:hyperlink r:id="rId5267698b50d59e86d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9385697071ee69841" w:history="1">
+      <w:hyperlink r:id="rId7228698b50d59e934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40513777">
+  <w:abstractNum w:abstractNumId="48314733">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36328990">
+    <w:lvl w:ilvl="0" w:tplc="91409960">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36328990" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91409960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40513776">
+  <w:abstractNum w:abstractNumId="48314732">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25096439">
+    <w:lvl w:ilvl="0" w:tplc="40832037">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40513776">
-    <w:abstractNumId w:val="40513776"/>
+  <w:num w:numId="48314732">
+    <w:abstractNumId w:val="48314732"/>
   </w:num>
-  <w:num w:numId="40513777">
-    <w:abstractNumId w:val="40513777"/>
+  <w:num w:numId="48314733">
+    <w:abstractNumId w:val="48314733"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880554873" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351354019" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2610697071ee65d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId7300697071ee65da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId7222697071ee66492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId5622697071ee68975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6612697071ee68a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId7840697071ee68aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId5428697071ee68b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId1319697071ee68bb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId6890697071ee68c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId2694697071ee68e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId5061697071ee68eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId5428697071ee69000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId9181697071ee6936d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId1960697071ee694a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId1961697071ee69500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId5999697071ee695e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId7272697071ee6977d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9385697071ee69841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId6232697071ee66349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6232697071ee66349.jpg"/><Relationship Id="rId4415697071ee673bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4415697071ee673bb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId152828206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId180289926" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2318698b50d59b63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId3628698b50d59b6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId6590698b50d59bb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId6889698b50d59da4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6437698b50d59db1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId7187698b50d59db6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId5020698b50d59dc45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId4270698b50d59dc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId8008698b50d59dd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId2003698b50d59df0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId4626698b50d59df8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId4925698b50d59e0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId7350698b50d59e467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId3400698b50d59e5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId3507698b50d59e601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId3045698b50d59e6da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId5267698b50d59e86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7228698b50d59e934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId1194698b50d59ba54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1194698b50d59ba54.jpg"/><Relationship Id="rId1386698b50d59c50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1386698b50d59c50f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>