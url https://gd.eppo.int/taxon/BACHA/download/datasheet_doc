--- v5 (2026-02-10)
+++ v6 (2026-03-02)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Florida groundsel bush, consumption weed, eastern baccharis, groundsel baccharis (US), groundsel bush, groundsel tree, salt bush, saltmarsh elder, sea myrtle, seepwillow, tree groundsel, waterbrush</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2318698b50d59b63d" w:history="1">
+            <w:hyperlink r:id="rId564469a5cbca79403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3628698b50d59b6a4" w:history="1">
+            <w:hyperlink r:id="rId290269a5cbca79479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BACHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80775998" name="name5766698b50d59ba56" descr="255.jpg"/>
+                  <wp:docPr id="11247081" name="name450269a5cbca79a2e" descr="255.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="255.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1194698b50d59ba54" cstate="print"/>
+                          <a:blip r:embed="rId247869a5cbca79a2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6590698b50d59bb22" w:history="1">
+            <w:hyperlink r:id="rId107969a5cbca79b61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -769,63 +769,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013). The plant is also recorded as planted in the Ataturk arboretum in Istanbul, but has so far not been recorded in the wild (Ibreliler Website, www.ibreliler.com).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57208174" name="name9426698b50d59c511" descr="BACHA_distribution_map.jpg"/>
+            <wp:docPr id="75910657" name="name249269a5cbca7aa43" descr="BACHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BACHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1386698b50d59c50f" cstate="print"/>
+                    <a:blip r:embed="rId455569a5cbca7aa40" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3910,51 +3910,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. NSW Agriculture, Grafton (US) (in French).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for Baccharis halimifolia. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6889698b50d59da4b" w:history="1">
+      <w:hyperlink r:id="rId480169a5cbca7c069" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4038,101 +4038,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fédération des Conservatoires Botaniques Nationaux (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6437698b50d59db1c" w:history="1">
+      <w:hyperlink r:id="rId947769a5cbca7c140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America, Vol. 20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7187698b50d59db6d" w:history="1">
+      <w:hyperlink r:id="rId417869a5cbca7c194" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4207,92 +4207,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1639–1658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5020698b50d59dc45" w:history="1">
+      <w:hyperlink r:id="rId159269a5cbca7c25c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-013-0597-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno Vasco. Direccion de Biodiversidad y Participacion Ambiental. Comision Internacional de Seguimiento e Intercambio de Experiencias (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4270698b50d59dc8f" w:history="1">
+      <w:hyperlink r:id="rId964569a5cbca7c2a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ingurumena. ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/ es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios. pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4372,51 +4372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Alien Species in Belgium Website, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8008698b50d59dd61" w:history="1">
+      <w:hyperlink r:id="rId295469a5cbca7c373" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/species/show/41 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4636,51 +4636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197–228 (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio de agricultura, alimentacion y medio ambiente, Boletın Official de Estado, Lunes 12 de diciembre de (2011), Num. 29, Sec. I., 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2003698b50d59df0e" w:history="1">
+      <w:hyperlink r:id="rId638469a5cbca7c522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011- 19398.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4713,51 +4713,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Conservatoire Botanique National de Brest (in French). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LIFE project 08NAT/E/000055 Website Restoration of habitats of Community interest in estuaries of the Basque Country. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4626698b50d59df8b" w:history="1">
+      <w:hyperlink r:id="rId521969a5cbca7c5a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. ingurumena.ejgv.euskadi.net/r49-life55/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4924,51 +4924,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. USDA NRCS, 3p. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nova Scotia Website, Species at Risk Conservation Fund 2009 Approved Projects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4925698b50d59e0de" w:history="1">
+      <w:hyperlink r:id="rId390569a5cbca7c6f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://novascotia.ca/natr/wildlife/conservationfund/ 2009projects.asp </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-ARS Website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Germplasm Resources Information Network - (GRIN) National Germplasm Resources Laboratory, Beltsville, Maryland (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7350698b50d59e467" w:history="1">
+      <w:hyperlink r:id="rId822869a5cbca7ca88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ars-grin.gov/ cgi-bin/npgs/html/taxon.pl?6232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accharis halimifoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a L. Manual of the Alien Plants in Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3400698b50d59e5a4" w:history="1">
+      <w:hyperlink r:id="rId582969a5cbca7cbd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/baccharishalimifolia-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Herbarium of Australia (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3507698b50d59e601" w:history="1">
+      <w:hyperlink r:id="rId660869a5cbca7cc31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh. ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> View [accessed on 10 January 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Publishing, Oxon (GB). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3045698b50d59e6da" w:history="1">
+      <w:hyperlink r:id="rId510869a5cbca7cd2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5267698b50d59e86d" w:history="1">
+      <w:hyperlink r:id="rId227169a5cbca7ceb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7228698b50d59e934" w:history="1">
+      <w:hyperlink r:id="rId261569a5cbca7cf7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48314733">
+  <w:abstractNum w:abstractNumId="52426907">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91409960">
+    <w:lvl w:ilvl="0" w:tplc="70352941">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91409960" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70352941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48314732">
+  <w:abstractNum w:abstractNumId="52426906">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40832037">
+    <w:lvl w:ilvl="0" w:tplc="75762149">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48314732">
-    <w:abstractNumId w:val="48314732"/>
+  <w:num w:numId="52426906">
+    <w:abstractNumId w:val="52426906"/>
   </w:num>
-  <w:num w:numId="48314733">
-    <w:abstractNumId w:val="48314733"/>
+  <w:num w:numId="52426907">
+    <w:abstractNumId w:val="52426907"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId152828206" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId180289926" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2318698b50d59b63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId3628698b50d59b6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId6590698b50d59bb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId6889698b50d59da4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6437698b50d59db1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId7187698b50d59db6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId5020698b50d59dc45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId4270698b50d59dc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId8008698b50d59dd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId2003698b50d59df0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId4626698b50d59df8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId4925698b50d59e0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId7350698b50d59e467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId3400698b50d59e5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId3507698b50d59e601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId3045698b50d59e6da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId5267698b50d59e86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7228698b50d59e934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId1194698b50d59ba54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1194698b50d59ba54.jpg"/><Relationship Id="rId1386698b50d59c50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1386698b50d59c50f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId588612173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820816901" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId564469a5cbca79403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId290269a5cbca79479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId107969a5cbca79b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId480169a5cbca7c069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId947769a5cbca7c140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId417869a5cbca7c194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId159269a5cbca7c25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId964569a5cbca7c2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId295469a5cbca7c373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId638469a5cbca7c522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId521969a5cbca7c5a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId390569a5cbca7c6f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId822869a5cbca7ca88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId582969a5cbca7cbd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId660869a5cbca7cc31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId510869a5cbca7cd2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId227169a5cbca7ceb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId261569a5cbca7cf7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId247869a5cbca79a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId247869a5cbca79a2c.jpg"/><Relationship Id="rId455569a5cbca7aa40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId455569a5cbca7aa40.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>