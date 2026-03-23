--- v6 (2026-03-02)
+++ v7 (2026-03-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Florida groundsel bush, consumption weed, eastern baccharis, groundsel baccharis (US), groundsel bush, groundsel tree, salt bush, saltmarsh elder, sea myrtle, seepwillow, tree groundsel, waterbrush</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564469a5cbca79403" w:history="1">
+            <w:hyperlink r:id="rId500769c13529253e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290269a5cbca79479" w:history="1">
+            <w:hyperlink r:id="rId174269c135292545b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> BACHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11247081" name="name450269a5cbca79a2e" descr="255.jpg"/>
+                  <wp:docPr id="42641060" name="name346169c1352925587" descr="255.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="255.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId247869a5cbca79a2c" cstate="print"/>
+                          <a:blip r:embed="rId732269c1352925585" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId107969a5cbca79b61" w:history="1">
+            <w:hyperlink r:id="rId526169c1352925689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -769,63 +769,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013). The plant is also recorded as planted in the Ataturk arboretum in Istanbul, but has so far not been recorded in the wild (Ibreliler Website, www.ibreliler.com).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75910657" name="name249269a5cbca7aa43" descr="BACHA_distribution_map.jpg"/>
+            <wp:docPr id="69879445" name="name504869c1352926a88" descr="BACHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="BACHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId455569a5cbca7aa40" cstate="print"/>
+                    <a:blip r:embed="rId844069c1352926a85" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3910,51 +3910,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. NSW Agriculture, Grafton (US) (in French).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013) Pest risk analysis for Baccharis halimifolia. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480169a5cbca7c069" w:history="1">
+      <w:hyperlink r:id="rId258369c13529280be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4038,101 +4038,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fédération des Conservatoires Botaniques Nationaux (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947769a5cbca7c140" w:history="1">
+      <w:hyperlink r:id="rId647969c13529281a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America, Vol. 20,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417869a5cbca7c194" w:history="1">
+      <w:hyperlink r:id="rId114169c13529281f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4207,92 +4207,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1639–1658. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159269a5cbca7c25c" w:history="1">
+      <w:hyperlink r:id="rId804469c13529282c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-013-0597-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno Vasco. Direccion de Biodiversidad y Participacion Ambiental. Comision Internacional de Seguimiento e Intercambio de Experiencias (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964569a5cbca7c2a3" w:history="1">
+      <w:hyperlink r:id="rId970869c135292830a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ingurumena. ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/ es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios. pdf </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4372,51 +4372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Alien Species in Belgium Website, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295469a5cbca7c373" w:history="1">
+      <w:hyperlink r:id="rId776069c13529283da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/species/show/41 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4636,51 +4636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 197–228 (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio de agricultura, alimentacion y medio ambiente, Boletın Official de Estado, Lunes 12 de diciembre de (2011), Num. 29, Sec. I., 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638469a5cbca7c522" w:history="1">
+      <w:hyperlink r:id="rId847769c1352928585" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011- 19398.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Spanish). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4713,51 +4713,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Conservatoire Botanique National de Brest (in French). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LIFE project 08NAT/E/000055 Website Restoration of habitats of Community interest in estuaries of the Basque Country. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521969a5cbca7c5a0" w:history="1">
+      <w:hyperlink r:id="rId480469c1352928601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. ingurumena.ejgv.euskadi.net/r49-life55/en/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4924,51 +4924,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. USDA NRCS, 3p. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nova Scotia Website, Species at Risk Conservation Fund 2009 Approved Projects. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390569a5cbca7c6f3" w:history="1">
+      <w:hyperlink r:id="rId592369c1352928753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://novascotia.ca/natr/wildlife/conservationfund/ 2009projects.asp </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA-ARS Website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Germplasm Resources Information Network - (GRIN) National Germplasm Resources Laboratory, Beltsville, Maryland (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822869a5cbca7ca88" w:history="1">
+      <w:hyperlink r:id="rId771069c1352928ac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ars-grin.gov/ cgi-bin/npgs/html/taxon.pl?6232</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5673,51 +5673,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">accharis halimifoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a L. Manual of the Alien Plants in Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582969a5cbca7cbd3" w:history="1">
+      <w:hyperlink r:id="rId562169c1352928bfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/baccharishalimifolia-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Herbarium of Australia (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660869a5cbca7cc31" w:history="1">
+      <w:hyperlink r:id="rId311269c1352928c57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://avh. ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> View [accessed on 10 January 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5867,51 +5867,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Publishing, Oxon (GB). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weeds Australia Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510869a5cbca7cd2d" w:history="1">
+      <w:hyperlink r:id="rId254169c1352928d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/noxious.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Baccharis halimifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227169a5cbca7ceb9" w:history="1">
+      <w:hyperlink r:id="rId228069c1352928ec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261569a5cbca7cf7c" w:history="1">
+      <w:hyperlink r:id="rId241969c1352928f8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12089</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52426907">
+  <w:abstractNum w:abstractNumId="85292696">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70352941">
+    <w:lvl w:ilvl="0" w:tplc="27214009">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70352941" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27214009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52426906">
+  <w:abstractNum w:abstractNumId="85292695">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75762149">
+    <w:lvl w:ilvl="0" w:tplc="84395250">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52426906">
-    <w:abstractNumId w:val="52426906"/>
+  <w:num w:numId="85292695">
+    <w:abstractNumId w:val="85292695"/>
   </w:num>
-  <w:num w:numId="52426907">
-    <w:abstractNumId w:val="52426907"/>
+  <w:num w:numId="85292696">
+    <w:abstractNumId w:val="85292696"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId588612173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820816901" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId564469a5cbca79403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId290269a5cbca79479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId107969a5cbca79b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId480169a5cbca7c069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId947769a5cbca7c140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId417869a5cbca7c194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId159269a5cbca7c25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId964569a5cbca7c2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId295469a5cbca7c373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId638469a5cbca7c522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId521969a5cbca7c5a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId390569a5cbca7c6f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId822869a5cbca7ca88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId582969a5cbca7cbd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId660869a5cbca7cc31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId510869a5cbca7cd2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId227169a5cbca7ceb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId261569a5cbca7cf7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId247869a5cbca79a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId247869a5cbca79a2c.jpg"/><Relationship Id="rId455569a5cbca7aa40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId455569a5cbca7aa40.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId242298343" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId382506158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId500769c13529253e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/" TargetMode="External"/><Relationship Id="rId174269c135292545b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/categorization" TargetMode="External"/><Relationship Id="rId526169c1352925689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BACHA/photos" TargetMode="External"/><Relationship Id="rId258369c13529280be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId647969c13529281a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invmed.fr/sites/invmed.fr/files/pictures/Fiche%20-%20Baccharis-halimifolia_sr.pdf" TargetMode="External"/><Relationship Id="rId114169c13529281f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066181" TargetMode="External"/><Relationship Id="rId804469c13529282c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId970869c135292830a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ingurumena.%20ejgv.euskadi.net/r49-life55c/es/contenidos/informacion/life_estuarios/%20es_life/adjuntos/14_conclusiones_com_internacional_life_estuarios.%20pdf" TargetMode="External"/><Relationship Id="rId776069c13529283da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/species/show/41" TargetMode="External"/><Relationship Id="rId847769c1352928585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boe.es/boe/dias/2011/12/12/pdfs/BOE-A-2011-%2019398.pdf" TargetMode="External"/><Relationship Id="rId480469c1352928601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20ingurumena.ejgv.euskadi.net/r49-life55/en/" TargetMode="External"/><Relationship Id="rId592369c1352928753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://novascotia.ca/natr/wildlife/conservationfund/%202009projects.asp" TargetMode="External"/><Relationship Id="rId771069c1352928ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars-grin.gov/%20cgi-bin/npgs/html/taxon.pl?6232" TargetMode="External"/><Relationship Id="rId562169c1352928bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/baccharishalimifolia-0" TargetMode="External"/><Relationship Id="rId311269c1352928c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://avh.%20ala.org.au/occurrences/search?taxa=baccharis+halimifolia#tab_map" TargetMode="External"/><Relationship Id="rId254169c1352928d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/noxious.htm" TargetMode="External"/><Relationship Id="rId228069c1352928ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId241969c1352928f8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12089" TargetMode="External"/><Relationship Id="rId732269c1352925585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId732269c1352925585.jpg"/><Relationship Id="rId844069c1352926a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844069c1352926a85.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>