--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -377,51 +377,51 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>