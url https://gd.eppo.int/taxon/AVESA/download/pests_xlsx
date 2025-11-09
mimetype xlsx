--- v0 (2025-10-15)
+++ v1 (2025-11-09)
@@ -45,53 +45,55 @@
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Stamova L, Sotirova V (1987) Reaction of different crops to artificial inoculation with Corynebacterium michiganense (E.F. Sm.) H.L. Jensen. Archiv fur Phytopathologie und Pflanzenschutz 23, 211–216.
 ------- Experimental. Causing wilted leaflets. Not confirmed in other publications. Pending confirmation, all monocotyledonous host plants reported by Stamova &amp; Satirova (1987) are considered doubtful.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+    <t xml:space="preserve">* Birchfield W (1965) Host parasite relations and host range studies of a new Meloidogyne species in southern USA. Phytopathology 55, 1359–1361 (abst.)
+------- host in inoculation experiments. 
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
--------non-host in experiments.</t>
+-------non-host in experiments.
+</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SPONSU</t>
   </si>
   <si>
     <t>Spongospora subterranea</t>
   </si>
   <si>
     <t>* Simango K, Slabbert CP, van der Waals JE (2020) Alternative hosts of Spongospora subterranea f. sp. subterranea in southern Africa. Eur J Plant Pathol 157(6), 421–424. https://doi.org/10.1007/s10658-020-01993-z</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANGUTR</t>
   </si>
   <si>
     <t>Anguina tritici</t>
   </si>
   <si>
     <t>APLOFR</t>
   </si>