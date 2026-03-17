--- v0 (2025-10-04)
+++ v1 (2026-03-17)
@@ -37,51 +37,53 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
 * Morin L, Aveyard R, Lidbetter JR, Wilson PG (2012) Investigating the host-range of the rust fungus Puccinia psidii sensu lato across tribes of the family Myrtaceae present in Australia. PLoS ONE 7 (4), e35434. https://doi.org/10.1371/journal.pone.0035434 
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>