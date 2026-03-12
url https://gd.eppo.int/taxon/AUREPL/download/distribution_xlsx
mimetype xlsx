--- v0 (2025-10-09)
+++ v1 (2026-03-12)
@@ -254,51 +254,51 @@
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>