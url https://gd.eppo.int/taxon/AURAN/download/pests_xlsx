--- v0 (2025-10-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="AURAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>SCITSI</t>
   </si>
   <si>
     <t>Chaetanaphothrips signipennis (as Anthurium)</t>
   </si>
   <si>
     <t>* Mille CG, Cazères S , Jourdan H, Mound LA (2025) Biosecurity in a biodiversity hotspot: an updated checklist of the Thysanoptera fauna of New Caledonia. Advances in Entomology 13(1), 1-47. https://doi.org/10.4236/ae.2025.131001</t>
   </si>
   <si>
@@ -84,51 +84,60 @@
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Montesdeoca Montesdeoca M (1984) Dracaena fulgens (Palo del Brasil) y Anthurium andreanum, dos importantes huespedes del "taladro de la platanera (Opogona sacchari, Borges) en la isla de Tenerife. XOBA Vol.4-Núm. 2, 12-15.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PARYMI</t>
   </si>
   <si>
     <t>Paraleyrodes minei (as Anthurium)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* Nursusilawati N, Sunarto T, Hersanti H (2024) Deteksi dan Identifikasi Nematoda Radopholus similis Cobb pada Tanaman Hias Anthurium andreanum.[Detection and Identification of Burrowing Nematode (Radopholus similis) Cobb on Anthurium andreanum ] Jurnal Agrikultura 35(1), 10-19.</t>
+  </si>
+  <si>
     <t>Radopholus similis (as Anthurium)</t>
+  </si>
+  <si>
+    <t>* Wolny, S. (1996) Nematodes recorded in plant propagative material. Progress in Plant Protection, 36(1), 191-195.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Lin CH, Tsai KC, Prior P, Wang JF (2014) Phylogenetic relationships and population structure of Ralstonia solanacearum isolated from diverse origins in Taiwan. Plant Pathology 63(6), 1395-1403.</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum (as Anthurium)</t>
   </si>
   <si>
     <t>* Wicker E, Grassart L, Coranson-Beaudu R, Mian D, Guilbaud C, Fegan M, Prior P (2007) Ralstonia solanacearum strains from Martinique (French West Indies) exhibiting a new pathogenic potential. Applied and Environmental Microbiology 73(21), 6790-801. doi: 10.1128/AEM.00841-07
 Cellier et al. (2012)</t>
   </si>
   <si>
     <t>PSDMS1</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 1 (no longer in use) (as Anthurium)</t>
@@ -493,51 +502,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -613,169 +622,185 @@
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>44</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>