--- v1 (2026-02-03)
+++ v2 (2026-02-24)
@@ -136,69 +136,70 @@
     <t>* Wicker E, Grassart L, Coranson-Beaudu R, Mian D, Guilbaud C, Fegan M, Prior P (2007) Ralstonia solanacearum strains from Martinique (French West Indies) exhibiting a new pathogenic potential. Applied and Environmental Microbiology 73(21), 6790-801. doi: 10.1128/AEM.00841-07
 Cellier et al. (2012)</t>
   </si>
   <si>
     <t>PSDMS1</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 1 (no longer in use) (as Anthurium)</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex (as Anthurium)</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Anthurium)</t>
   </si>
   <si>
+    <t>Major host</t>
+  </si>
+  <si>
+    <t>INSV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus impatiensnecromaculae</t>
+  </si>
+  <si>
+    <t>* Mertelik J, Mokra V, Gotzova B, Gabrielova S (2002) Occurrence and identification of impatiens necrotic spot tospovirus in Czech Republic. Acta Horticulturae 568, 79-83.</t>
+  </si>
+  <si>
     <t>XANTDF</t>
   </si>
   <si>
-    <t>Xanthomonas axonopodis pv. dieffenbachiae (as Anthurium)</t>
-[...13 lines deleted...]
-  <si>
     <t>Xanthomonas axonopodis pv. dieffenbachiae</t>
+  </si>
+  <si>
+    <t>* Constantin EC, Haegeman A, Van Vaerenbergh J, Baeyen S, Van Malderghem C, Maes M, Cottyn B (2017) Pathogenicity and virulence gene content of Xanthomonas strains infecting Araceae, formerly known as Xanthomonas axonopodis pv. dieffenbachiae. Plant Pathology 66, 1539-1554.
+------- strains used in this study</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -502,51 +503,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -722,85 +723,75 @@
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
-[...9 lines deleted...]
-      <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="D18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>