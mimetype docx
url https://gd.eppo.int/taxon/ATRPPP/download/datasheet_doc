--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Weir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461268e77c376f3c3" w:history="1">
+            <w:hyperlink r:id="rId58736902f6d76f42a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId985868e77c376f407" w:history="1">
+            <w:hyperlink r:id="rId87106902f6d76f46c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36010675" name="name674868e77c376f77b" descr="254.jpg"/>
+                  <wp:docPr id="77250831" name="name82646902f6d76f56b" descr="254.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="254.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId110268e77c376f77a" cstate="print"/>
+                          <a:blip r:embed="rId38736902f6d76f569" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId959968e77c376f874" w:history="1">
+            <w:hyperlink r:id="rId40316902f6d76f64e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1336,63 +1336,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26217294" name="name540268e77c3770da6" descr="ATRPPP_distribution_map.jpg"/>
+            <wp:docPr id="59451383" name="name69456902f6d77085e" descr="ATRPPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId531168e77c3770da4" cstate="print"/>
+                    <a:blip r:embed="rId13996902f6d77085b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2029,72 +2029,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are fusiform, one or two cells, 16–28 x 4.7 µm (see section on morphology above). There is one nucleotide sequence for an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strain (isolate CBS 197.64, registration date 20 September 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId972868e77c37713af" w:history="1">
+      <w:hyperlink r:id="rId27136902f6d770e13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">DOE Joint Genome Institute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599668e77c37713d2" w:history="1">
+      <w:hyperlink r:id="rId79676902f6d770e35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; accessed 13 June 2022). Currently, differentiation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378568e77c3771bda" w:history="1">
+      <w:hyperlink r:id="rId65386902f6d771619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3378,51 +3378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877, 46 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448468e77c3771c9a" w:history="1">
+      <w:hyperlink r:id="rId16866902f6d7716d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3477,51 +3477,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212968e77c3771d38" w:history="1">
+      <w:hyperlink r:id="rId41866902f6d771773" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3565,51 +3565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 463–494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM 1/002(30). EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205368e77c3771dca" w:history="1">
+      <w:hyperlink r:id="rId51156902f6d771802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 01 August 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3624,51 +3624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952268e77c3771e28" w:history="1">
+      <w:hyperlink r:id="rId41006902f6d77185e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 13 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806868e77c37722ef" w:history="1">
+      <w:hyperlink r:id="rId15076902f6d771d02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7816 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4471,51 +4471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978668e77c37723a2" w:history="1">
+      <w:hyperlink r:id="rId18076902f6d771daf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443468e77c37724f0" w:history="1">
+      <w:hyperlink r:id="rId86276902f6d771ef5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4894,81 +4894,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847068e77c3772685" w:history="1">
+      <w:hyperlink r:id="rId34656902f6d77207b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72599851" name="name540768e77c3772706" descr="eu_funding_250.png"/>
+            <wp:docPr id="36907878" name="name82686902f6d772109" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId930268e77c3772704" cstate="print"/>
+                    <a:blip r:embed="rId88456902f6d772108" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5066,137 +5066,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96048735">
+  <w:abstractNum w:abstractNumId="69172718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62476921">
+    <w:lvl w:ilvl="0" w:tplc="78836105">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62476921" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78836105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96048734">
+  <w:abstractNum w:abstractNumId="69172717">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24392864">
+    <w:lvl w:ilvl="0" w:tplc="85360197">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5948,55 +5948,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96048734">
-    <w:abstractNumId w:val="96048734"/>
+  <w:num w:numId="69172717">
+    <w:abstractNumId w:val="69172717"/>
   </w:num>
-  <w:num w:numId="96048735">
-    <w:abstractNumId w:val="96048735"/>
+  <w:num w:numId="69172718">
+    <w:abstractNumId w:val="69172718"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17546,51 +17546,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId952024773" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784901648" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId461268e77c376f3c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId985868e77c376f407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId959968e77c376f874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId972868e77c37713af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId599668e77c37713d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId378568e77c3771bda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId448468e77c3771c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId212968e77c3771d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId205368e77c3771dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId952268e77c3771e28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId806868e77c37722ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId978668e77c37723a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId443468e77c37724f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId847068e77c3772685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId110268e77c376f77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId110268e77c376f77a.jpg"/><Relationship Id="rId531168e77c3770da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId531168e77c3770da4.jpg"/><Relationship Id="rId930268e77c3772704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId930268e77c3772704.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431394527" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId809301601" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58736902f6d76f42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId87106902f6d76f46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId40316902f6d76f64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId27136902f6d770e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId79676902f6d770e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId65386902f6d771619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId16866902f6d7716d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId41866902f6d771773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId51156902f6d771802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId41006902f6d77185e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId15076902f6d771d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId18076902f6d771daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId86276902f6d771ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34656902f6d77207b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId38736902f6d76f569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38736902f6d76f569.jpg"/><Relationship Id="rId13996902f6d77085b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13996902f6d77085b.jpg"/><Relationship Id="rId88456902f6d772108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88456902f6d772108.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>