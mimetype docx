--- v1 (2025-10-30)
+++ v2 (2025-12-05)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Weir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58736902f6d76f42a" w:history="1">
+            <w:hyperlink r:id="rId504369332e814d443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87106902f6d76f46c" w:history="1">
+            <w:hyperlink r:id="rId694669332e814d487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77250831" name="name82646902f6d76f56b" descr="254.jpg"/>
+                  <wp:docPr id="29605697" name="name683769332e814db84" descr="254.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="254.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38736902f6d76f569" cstate="print"/>
+                          <a:blip r:embed="rId319969332e814db81" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId40316902f6d76f64e" w:history="1">
+            <w:hyperlink r:id="rId258669332e814dc8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1336,63 +1336,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59451383" name="name69456902f6d77085e" descr="ATRPPP_distribution_map.jpg"/>
+            <wp:docPr id="39044033" name="name960969332e814ee93" descr="ATRPPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13996902f6d77085b" cstate="print"/>
+                    <a:blip r:embed="rId980469332e814ee90" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2029,72 +2029,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are fusiform, one or two cells, 16–28 x 4.7 µm (see section on morphology above). There is one nucleotide sequence for an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strain (isolate CBS 197.64, registration date 20 September 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27136902f6d770e13" w:history="1">
+      <w:hyperlink r:id="rId360669332e814f4a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">DOE Joint Genome Institute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79676902f6d770e35" w:history="1">
+      <w:hyperlink r:id="rId737169332e814f4c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; accessed 13 June 2022). Currently, differentiation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65386902f6d771619" w:history="1">
+      <w:hyperlink r:id="rId306269332e814fca5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3378,51 +3378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877, 46 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16866902f6d7716d8" w:history="1">
+      <w:hyperlink r:id="rId370169332e814fd60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3477,51 +3477,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41866902f6d771773" w:history="1">
+      <w:hyperlink r:id="rId239469332e814fdf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3565,51 +3565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 463–494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM 1/002(30). EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51156902f6d771802" w:history="1">
+      <w:hyperlink r:id="rId483669332e814fe87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 01 August 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3624,51 +3624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41006902f6d77185e" w:history="1">
+      <w:hyperlink r:id="rId499569332e814fee4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 13 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15076902f6d771d02" w:history="1">
+      <w:hyperlink r:id="rId775969332e8150393" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7816 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4471,51 +4471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18076902f6d771daf" w:history="1">
+      <w:hyperlink r:id="rId706169332e8150441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86276902f6d771ef5" w:history="1">
+      <w:hyperlink r:id="rId842369332e815058c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4894,81 +4894,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34656902f6d77207b" w:history="1">
+      <w:hyperlink r:id="rId785169332e8150715" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36907878" name="name82686902f6d772109" descr="eu_funding_250.png"/>
+            <wp:docPr id="17548283" name="name432369332e8150771" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88456902f6d772108" cstate="print"/>
+                    <a:blip r:embed="rId130469332e8150770" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5066,137 +5066,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69172718">
+  <w:abstractNum w:abstractNumId="61371311">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78836105">
+    <w:lvl w:ilvl="0" w:tplc="95896996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78836105" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95896996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69172717">
+  <w:abstractNum w:abstractNumId="61371310">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85360197">
+    <w:lvl w:ilvl="0" w:tplc="19914361">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5948,55 +5948,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69172717">
-    <w:abstractNumId w:val="69172717"/>
+  <w:num w:numId="61371310">
+    <w:abstractNumId w:val="61371310"/>
   </w:num>
-  <w:num w:numId="69172718">
-    <w:abstractNumId w:val="69172718"/>
+  <w:num w:numId="61371311">
+    <w:abstractNumId w:val="61371311"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17546,51 +17546,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431394527" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId809301601" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58736902f6d76f42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId87106902f6d76f46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId40316902f6d76f64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId27136902f6d770e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId79676902f6d770e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId65386902f6d771619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId16866902f6d7716d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId41866902f6d771773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId51156902f6d771802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId41006902f6d77185e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId15076902f6d771d02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId18076902f6d771daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId86276902f6d771ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34656902f6d77207b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId38736902f6d76f569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38736902f6d76f569.jpg"/><Relationship Id="rId13996902f6d77085b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13996902f6d77085b.jpg"/><Relationship Id="rId88456902f6d772108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88456902f6d772108.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId596274521" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId646690979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId504369332e814d443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId694669332e814d487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId258669332e814dc8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId360669332e814f4a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId737169332e814f4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId306269332e814fca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId370169332e814fd60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId239469332e814fdf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId483669332e814fe87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId499569332e814fee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId775969332e8150393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId706169332e8150441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId842369332e815058c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId785169332e8150715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId319969332e814db81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId319969332e814db81.jpg"/><Relationship Id="rId980469332e814ee90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId980469332e814ee90.jpg"/><Relationship Id="rId130469332e8150770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130469332e8150770.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>