--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Weir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504369332e814d443" w:history="1">
+            <w:hyperlink r:id="rId4841694dc1be6d380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId694669332e814d487" w:history="1">
+            <w:hyperlink r:id="rId1380694dc1be6d3c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29605697" name="name683769332e814db84" descr="254.jpg"/>
+                  <wp:docPr id="26182204" name="name7133694dc1be6daff" descr="254.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="254.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId319969332e814db81" cstate="print"/>
+                          <a:blip r:embed="rId1336694dc1be6dafd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId258669332e814dc8e" w:history="1">
+            <w:hyperlink r:id="rId4772694dc1be6dc46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1336,63 +1336,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39044033" name="name960969332e814ee93" descr="ATRPPP_distribution_map.jpg"/>
+            <wp:docPr id="290925" name="name4094694dc1be6ed76" descr="ATRPPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId980469332e814ee90" cstate="print"/>
+                    <a:blip r:embed="rId1996694dc1be6ed73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2029,72 +2029,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are fusiform, one or two cells, 16–28 x 4.7 µm (see section on morphology above). There is one nucleotide sequence for an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strain (isolate CBS 197.64, registration date 20 September 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360669332e814f4a6" w:history="1">
+      <w:hyperlink r:id="rId9319694dc1be6f39b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">DOE Joint Genome Institute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId737169332e814f4c9" w:history="1">
+      <w:hyperlink r:id="rId8705694dc1be6f3bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; accessed 13 June 2022). Currently, differentiation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306269332e814fca5" w:history="1">
+      <w:hyperlink r:id="rId5422694dc1be6fba4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3378,51 +3378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877, 46 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370169332e814fd60" w:history="1">
+      <w:hyperlink r:id="rId8893694dc1be6fc60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3477,51 +3477,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239469332e814fdf9" w:history="1">
+      <w:hyperlink r:id="rId9736694dc1be6fcfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3565,51 +3565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 463–494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM 1/002(30). EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483669332e814fe87" w:history="1">
+      <w:hyperlink r:id="rId1373694dc1be6fd88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 01 August 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3624,51 +3624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499569332e814fee4" w:history="1">
+      <w:hyperlink r:id="rId7851694dc1be6fde5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 13 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775969332e8150393" w:history="1">
+      <w:hyperlink r:id="rId4085694dc1be70272" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7816 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4471,51 +4471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706169332e8150441" w:history="1">
+      <w:hyperlink r:id="rId2189694dc1be7032c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842369332e815058c" w:history="1">
+      <w:hyperlink r:id="rId7048694dc1be7045e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4894,81 +4894,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785169332e8150715" w:history="1">
+      <w:hyperlink r:id="rId6081694dc1be70609" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17548283" name="name432369332e8150771" descr="eu_funding_250.png"/>
+            <wp:docPr id="8302227" name="name2380694dc1be7069e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId130469332e8150770" cstate="print"/>
+                    <a:blip r:embed="rId8455694dc1be7069c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5066,137 +5066,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61371311">
+  <w:abstractNum w:abstractNumId="46157436">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95896996">
+    <w:lvl w:ilvl="0" w:tplc="36004926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95896996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36004926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61371310">
+  <w:abstractNum w:abstractNumId="46157435">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19914361">
+    <w:lvl w:ilvl="0" w:tplc="61947034">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5948,55 +5948,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61371310">
-    <w:abstractNumId w:val="61371310"/>
+  <w:num w:numId="46157435">
+    <w:abstractNumId w:val="46157435"/>
   </w:num>
-  <w:num w:numId="61371311">
-    <w:abstractNumId w:val="61371311"/>
+  <w:num w:numId="46157436">
+    <w:abstractNumId w:val="46157436"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17546,51 +17546,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId596274521" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId646690979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId504369332e814d443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId694669332e814d487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId258669332e814dc8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId360669332e814f4a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId737169332e814f4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId306269332e814fca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId370169332e814fd60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId239469332e814fdf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId483669332e814fe87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId499569332e814fee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId775969332e8150393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId706169332e8150441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId842369332e815058c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId785169332e8150715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId319969332e814db81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId319969332e814db81.jpg"/><Relationship Id="rId980469332e814ee90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId980469332e814ee90.jpg"/><Relationship Id="rId130469332e8150770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130469332e8150770.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId968545772" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId789388286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4841694dc1be6d380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId1380694dc1be6d3c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId4772694dc1be6dc46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId9319694dc1be6f39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId8705694dc1be6f3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId5422694dc1be6fba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId8893694dc1be6fc60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId9736694dc1be6fcfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId1373694dc1be6fd88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId7851694dc1be6fde5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId4085694dc1be70272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId2189694dc1be7032c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId7048694dc1be7045e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6081694dc1be70609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId1336694dc1be6dafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1336694dc1be6dafd.jpg"/><Relationship Id="rId1996694dc1be6ed73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1996694dc1be6ed73.jpg"/><Relationship Id="rId8455694dc1be7069c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8455694dc1be7069c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>