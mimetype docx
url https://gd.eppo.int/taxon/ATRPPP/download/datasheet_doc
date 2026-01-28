--- v3 (2025-12-25)
+++ v4 (2026-01-28)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Weir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4841694dc1be6d380" w:history="1">
+            <w:hyperlink r:id="rId11466979be0f82221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1380694dc1be6d3c7" w:history="1">
+            <w:hyperlink r:id="rId26246979be0f82266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26182204" name="name7133694dc1be6daff" descr="254.jpg"/>
+                  <wp:docPr id="97570671" name="name27536979be0f827cf" descr="254.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="254.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1336694dc1be6dafd" cstate="print"/>
+                          <a:blip r:embed="rId37396979be0f827cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4772694dc1be6dc46" w:history="1">
+            <w:hyperlink r:id="rId49506979be0f828d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1336,63 +1336,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="290925" name="name4094694dc1be6ed76" descr="ATRPPP_distribution_map.jpg"/>
+            <wp:docPr id="98017935" name="name84416979be0f83af5" descr="ATRPPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1996694dc1be6ed73" cstate="print"/>
+                    <a:blip r:embed="rId48296979be0f83af2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2029,72 +2029,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are fusiform, one or two cells, 16–28 x 4.7 µm (see section on morphology above). There is one nucleotide sequence for an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strain (isolate CBS 197.64, registration date 20 September 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9319694dc1be6f39b" w:history="1">
+      <w:hyperlink r:id="rId28666979be0f84117" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">DOE Joint Genome Institute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8705694dc1be6f3bf" w:history="1">
+      <w:hyperlink r:id="rId23496979be0f8413b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; accessed 13 June 2022). Currently, differentiation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5422694dc1be6fba4" w:history="1">
+      <w:hyperlink r:id="rId99926979be0f84910" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3378,51 +3378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877, 46 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8893694dc1be6fc60" w:history="1">
+      <w:hyperlink r:id="rId84146979be0f849cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3477,51 +3477,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9736694dc1be6fcfa" w:history="1">
+      <w:hyperlink r:id="rId14166979be0f84a69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3565,51 +3565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 463–494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM 1/002(30). EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1373694dc1be6fd88" w:history="1">
+      <w:hyperlink r:id="rId83956979be0f84afb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 01 August 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3624,51 +3624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7851694dc1be6fde5" w:history="1">
+      <w:hyperlink r:id="rId95796979be0f84b58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 13 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4085694dc1be70272" w:history="1">
+      <w:hyperlink r:id="rId99946979be0f8505a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7816 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4471,51 +4471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2189694dc1be7032c" w:history="1">
+      <w:hyperlink r:id="rId77796979be0f8510a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4637,73 +4637,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7048694dc1be7045e" w:history="1">
+      <w:hyperlink r:id="rId80116979be0f85240" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4894,81 +4894,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6081694dc1be70609" w:history="1">
+      <w:hyperlink r:id="rId17896979be0f853ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8302227" name="name2380694dc1be7069e" descr="eu_funding_250.png"/>
+            <wp:docPr id="60762345" name="name40086979be0f85451" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8455694dc1be7069c" cstate="print"/>
+                    <a:blip r:embed="rId10926979be0f8544f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5066,137 +5066,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46157436">
+  <w:abstractNum w:abstractNumId="96973752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36004926">
+    <w:lvl w:ilvl="0" w:tplc="33909471">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36004926" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33909471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46157435">
+  <w:abstractNum w:abstractNumId="96973751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61947034">
+    <w:lvl w:ilvl="0" w:tplc="36786085">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5948,55 +5948,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46157435">
-    <w:abstractNumId w:val="46157435"/>
+  <w:num w:numId="96973751">
+    <w:abstractNumId w:val="96973751"/>
   </w:num>
-  <w:num w:numId="46157436">
-    <w:abstractNumId w:val="46157436"/>
+  <w:num w:numId="96973752">
+    <w:abstractNumId w:val="96973752"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17546,51 +17546,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId968545772" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId789388286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4841694dc1be6d380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId1380694dc1be6d3c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId4772694dc1be6dc46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId9319694dc1be6f39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId8705694dc1be6f3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId5422694dc1be6fba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId8893694dc1be6fc60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId9736694dc1be6fcfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId1373694dc1be6fd88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId7851694dc1be6fde5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId4085694dc1be70272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId2189694dc1be7032c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId7048694dc1be7045e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6081694dc1be70609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId1336694dc1be6dafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1336694dc1be6dafd.jpg"/><Relationship Id="rId1996694dc1be6ed73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1996694dc1be6ed73.jpg"/><Relationship Id="rId8455694dc1be7069c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8455694dc1be7069c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId870960332" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId681162548" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11466979be0f82221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId26246979be0f82266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId49506979be0f828d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId28666979be0f84117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId23496979be0f8413b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId99926979be0f84910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId84146979be0f849cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId14166979be0f84a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId83956979be0f84afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId95796979be0f84b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId99946979be0f8505a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId77796979be0f8510a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId80116979be0f85240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17896979be0f853ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId37396979be0f827cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37396979be0f827cd.jpg"/><Relationship Id="rId48296979be0f83af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48296979be0f83af2.jpg"/><Relationship Id="rId10926979be0f8544f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10926979be0f8544f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>