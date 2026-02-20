--- v4 (2026-01-28)
+++ v5 (2026-02-20)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Weir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11466979be0f82221" w:history="1">
+            <w:hyperlink r:id="rId513369989a6388c2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26246979be0f82266" w:history="1">
+            <w:hyperlink r:id="rId685569989a6388c73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97570671" name="name27536979be0f827cf" descr="254.jpg"/>
+                  <wp:docPr id="1055461" name="name363369989a6389621" descr="254.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="254.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37396979be0f827cd" cstate="print"/>
+                          <a:blip r:embed="rId744969989a638961f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId49506979be0f828d2" w:history="1">
+            <w:hyperlink r:id="rId864369989a63899b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1336,63 +1336,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98017935" name="name84416979be0f83af5" descr="ATRPPP_distribution_map.jpg"/>
+            <wp:docPr id="61479004" name="name930769989a638b0c6" descr="ATRPPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48296979be0f83af2" cstate="print"/>
+                    <a:blip r:embed="rId947669989a638b0c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2029,72 +2029,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are fusiform, one or two cells, 16–28 x 4.7 µm (see section on morphology above). There is one nucleotide sequence for an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strain (isolate CBS 197.64, registration date 20 September 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28666979be0f84117" w:history="1">
+      <w:hyperlink r:id="rId535369989a638b920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">DOE Joint Genome Institute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23496979be0f8413b" w:history="1">
+      <w:hyperlink r:id="rId443369989a638b947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; accessed 13 June 2022). Currently, differentiation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99926979be0f84910" w:history="1">
+      <w:hyperlink r:id="rId834469989a638c17d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3378,51 +3378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877, 46 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84146979be0f849cd" w:history="1">
+      <w:hyperlink r:id="rId315469989a638c246" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3477,51 +3477,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14166979be0f84a69" w:history="1">
+      <w:hyperlink r:id="rId882169989a638c2e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3565,51 +3565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 463–494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM 1/002(30). EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83956979be0f84afb" w:history="1">
+      <w:hyperlink r:id="rId846669989a638c37b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 01 August 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3624,51 +3624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95796979be0f84b58" w:history="1">
+      <w:hyperlink r:id="rId382169989a638c3db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 13 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99946979be0f8505a" w:history="1">
+      <w:hyperlink r:id="rId127169989a638c88e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7816 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4471,51 +4471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77796979be0f8510a" w:history="1">
+      <w:hyperlink r:id="rId478269989a638c941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80116979be0f85240" w:history="1">
+      <w:hyperlink r:id="rId325369989a638caa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4894,81 +4894,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17896979be0f853ce" w:history="1">
+      <w:hyperlink r:id="rId440269989a638cc43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60762345" name="name40086979be0f85451" descr="eu_funding_250.png"/>
+            <wp:docPr id="44969162" name="name368369989a638ccde" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10926979be0f8544f" cstate="print"/>
+                    <a:blip r:embed="rId785069989a638ccdd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5066,137 +5066,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96973752">
+  <w:abstractNum w:abstractNumId="36595021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33909471">
+    <w:lvl w:ilvl="0" w:tplc="39941475">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33909471" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39941475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96973751">
+  <w:abstractNum w:abstractNumId="36595020">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36786085">
+    <w:lvl w:ilvl="0" w:tplc="54997463">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5948,55 +5948,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96973751">
-    <w:abstractNumId w:val="96973751"/>
+  <w:num w:numId="36595020">
+    <w:abstractNumId w:val="36595020"/>
   </w:num>
-  <w:num w:numId="96973752">
-    <w:abstractNumId w:val="96973752"/>
+  <w:num w:numId="36595021">
+    <w:abstractNumId w:val="36595021"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17546,51 +17546,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId870960332" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId681162548" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11466979be0f82221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId26246979be0f82266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId49506979be0f828d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId28666979be0f84117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId23496979be0f8413b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId99926979be0f84910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId84146979be0f849cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId14166979be0f84a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId83956979be0f84afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId95796979be0f84b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId99946979be0f8505a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId77796979be0f8510a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId80116979be0f85240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17896979be0f853ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId37396979be0f827cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37396979be0f827cd.jpg"/><Relationship Id="rId48296979be0f83af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48296979be0f83af2.jpg"/><Relationship Id="rId10926979be0f8544f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10926979be0f8544f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401324749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId235315605" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId513369989a6388c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId685569989a6388c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId864369989a63899b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId535369989a638b920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId443369989a638b947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId834469989a638c17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId315469989a638c246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId882169989a638c2e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId846669989a638c37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId382169989a638c3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId127169989a638c88e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId478269989a638c941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId325369989a638caa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId440269989a638cc43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId744969989a638961f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId744969989a638961f.jpg"/><Relationship Id="rId947669989a638b0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947669989a638b0c4.jpg"/><Relationship Id="rId785069989a638ccdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId785069989a638ccdd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>