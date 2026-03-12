--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Weir</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513369989a6388c2a" w:history="1">
+            <w:hyperlink r:id="rId409069b30ca1b6ef7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId685569989a6388c73" w:history="1">
+            <w:hyperlink r:id="rId395869b30ca1b6f3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1055461" name="name363369989a6389621" descr="254.jpg"/>
+                  <wp:docPr id="84160548" name="name463369b30ca1b7452" descr="254.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="254.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId744969989a638961f" cstate="print"/>
+                          <a:blip r:embed="rId991669b30ca1b7450" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId864369989a63899b8" w:history="1">
+            <w:hyperlink r:id="rId820369b30ca1b755d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1336,63 +1336,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61479004" name="name930769989a638b0c6" descr="ATRPPP_distribution_map.jpg"/>
+            <wp:docPr id="48724820" name="name963069b30ca1b87e8" descr="ATRPPP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId947669989a638b0c4" cstate="print"/>
+                    <a:blip r:embed="rId531969b30ca1b87e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2029,72 +2029,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are fusiform, one or two cells, 16–28 x 4.7 µm (see section on morphology above). There is one nucleotide sequence for an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. piniphila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strain (isolate CBS 197.64, registration date 20 September 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535369989a638b920" w:history="1">
+      <w:hyperlink r:id="rId464569b30ca1b8e74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">DOE Joint Genome Institute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443369989a638b947" w:history="1">
+      <w:hyperlink r:id="rId222969b30ca1b8e98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; accessed 13 June 2022). Currently, differentiation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731, 61 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId834469989a638c17d" w:history="1">
+      <w:hyperlink r:id="rId376469b30ca1b968d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3378,51 +3378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877, 46 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315469989a638c246" w:history="1">
+      <w:hyperlink r:id="rId701769b30ca1b974b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3477,51 +3477,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926, 33 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId882169989a638c2e7" w:history="1">
+      <w:hyperlink r:id="rId659669b30ca1b97e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3565,51 +3565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 463–494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standard PM 1/002(30). EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846669989a638c37b" w:history="1">
+      <w:hyperlink r:id="rId837869b30ca1b987a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 01 August 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3624,51 +3624,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId382169989a638c3db" w:history="1">
+      <w:hyperlink r:id="rId708369b30ca1b98f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 13 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127169989a638c88e" w:history="1">
+      <w:hyperlink r:id="rId125469b30ca1b9dab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7816 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4471,51 +4471,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478269989a638c941" w:history="1">
+      <w:hyperlink r:id="rId268269b30ca1b9e5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4659,51 +4659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis piniphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325369989a638caa9" w:history="1">
+      <w:hyperlink r:id="rId560269b30ca1b9f99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4894,81 +4894,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440269989a638cc43" w:history="1">
+      <w:hyperlink r:id="rId933169b30ca1ba137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44969162" name="name368369989a638ccde" descr="eu_funding_250.png"/>
+            <wp:docPr id="55212472" name="name777969b30ca1ba1dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId785069989a638ccdd" cstate="print"/>
+                    <a:blip r:embed="rId896169b30ca1ba1db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5066,137 +5066,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36595021">
+  <w:abstractNum w:abstractNumId="26943943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39941475">
+    <w:lvl w:ilvl="0" w:tplc="27024375">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39941475" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27024375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36595020">
+  <w:abstractNum w:abstractNumId="26943942">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54997463">
+    <w:lvl w:ilvl="0" w:tplc="41939888">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5948,55 +5948,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36595020">
-    <w:abstractNumId w:val="36595020"/>
+  <w:num w:numId="26943942">
+    <w:abstractNumId w:val="26943942"/>
   </w:num>
-  <w:num w:numId="36595021">
-    <w:abstractNumId w:val="36595021"/>
+  <w:num w:numId="26943943">
+    <w:abstractNumId w:val="26943943"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17546,51 +17546,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401324749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId235315605" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId513369989a6388c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId685569989a6388c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId864369989a63899b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId535369989a638b920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId443369989a638b947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId834469989a638c17d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId315469989a638c246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId882169989a638c2e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId846669989a638c37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId382169989a638c3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId127169989a638c88e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId478269989a638c941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId325369989a638caa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId440269989a638cc43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId744969989a638961f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId744969989a638961f.jpg"/><Relationship Id="rId947669989a638b0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947669989a638b0c4.jpg"/><Relationship Id="rId785069989a638ccdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId785069989a638ccdd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId481421518" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId845321771" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId409069b30ca1b6ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/" TargetMode="External"/><Relationship Id="rId395869b30ca1b6f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/categorization" TargetMode="External"/><Relationship Id="rId820369b30ca1b755d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP/photos" TargetMode="External"/><Relationship Id="rId464569b30ca1b8e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jgi.doe.gov/" TargetMode="External"/><Relationship Id="rId222969b30ca1b8e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?mode=Info&amp;id=2614604" TargetMode="External"/><Relationship Id="rId376469b30ca1b968d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId701769b30ca1b974b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId659669b30ca1b97e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId837869b30ca1b987a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId708369b30ca1b98f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPP" TargetMode="External"/><Relationship Id="rId125469b30ca1b9dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7816" TargetMode="External"/><Relationship Id="rId268269b30ca1b9e5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId560269b30ca1b9f99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933169b30ca1ba137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId991669b30ca1b7450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId991669b30ca1b7450.jpg"/><Relationship Id="rId531969b30ca1b87e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId531969b30ca1b87e4.jpg"/><Relationship Id="rId896169b30ca1ba1db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId896169b30ca1ba1db.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>