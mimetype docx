--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Seaver</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId980868e0cac4898cd" w:history="1">
+            <w:hyperlink r:id="rId607068fda5895d811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId597168e0cac489910" w:history="1">
+            <w:hyperlink r:id="rId961468fda5895d853" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47816167" name="name686068e0cac4899d5" descr="252.jpg"/>
+                  <wp:docPr id="96266384" name="name376968fda5895d90c" descr="252.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="252.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId282268e0cac4899d3" cstate="print"/>
+                          <a:blip r:embed="rId297368fda5895d90a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId289768e0cac489b1a" w:history="1">
+            <w:hyperlink r:id="rId852668fda5895d9ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1394,63 +1394,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pinicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35303615" name="name381968e0cac48afcc" descr="ATRPPC_distribution_map.jpg"/>
+            <wp:docPr id="64557042" name="name738368fda5895edca" descr="ATRPPC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId211368e0cac48afc9" cstate="print"/>
+                    <a:blip r:embed="rId681268fda5895edc7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3155,51 +3155,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312968e0cac48bd66" w:history="1">
+      <w:hyperlink r:id="rId184668fda5895fac9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [last accessed 09 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3234,51 +3234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198468e0cac48bde9" w:history="1">
+      <w:hyperlink r:id="rId691768fda5895fb5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f8050147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,51 +3449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276268e0cac48bf40" w:history="1">
+      <w:hyperlink r:id="rId748668fda5895fcbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3559,51 +3559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579168e0cac48bfed" w:history="1">
+      <w:hyperlink r:id="rId991368fda5895fd6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420968e0cac48c07c" w:history="1">
+      <w:hyperlink r:id="rId920468fda5895fdfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,92 +3719,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906268e0cac48c0eb" w:history="1">
+      <w:hyperlink r:id="rId355368fda5895fe6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889268e0cac48c133" w:history="1">
+      <w:hyperlink r:id="rId470168fda5895feb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 07 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPPC (ed). International standards for phytosanitary measures, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516968e0cac48c215" w:history="1">
+      <w:hyperlink r:id="rId288268fda5895ff8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3956,129 +3956,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-IPPC (International Plant Protection Convention) (2017). International movement of wood. ISPM 39. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Standards for Phytosanitary Measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354068e0cac48c274" w:history="1">
+      <w:hyperlink r:id="rId385668fda5895ffec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2022) National Center for Biotechnology Information Bethesda (MD): National Library of Medicine (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556268e0cac48c2b2" w:history="1">
+      <w:hyperlink r:id="rId135968fda5896002b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nucleotide/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 10 June 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2013) Fungal Databases, Systematic Mycology and Microbiology Laboratory, Agricultural Research Service, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763868e0cac48c2f0" w:history="1">
+      <w:hyperlink r:id="rId640068fda5896006a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 9 June 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,101 +4401,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 255-262.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2014) ST 05: review of heat treatment of wood and wood packaging. North American Plant Protection Organization, Ottawa, Canada, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId136068e0cac48c536" w:history="1">
+      <w:hyperlink r:id="rId386168fda589602b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Forestry Centre's Forest Pathology Herbarium DAVFP Collections Database (2022) Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889868e0cac48c587" w:history="1">
+      <w:hyperlink r:id="rId677168fda58960306" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/herbarium/fungus/218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4758,51 +4758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId790968e0cac48c77d" w:history="1">
+      <w:hyperlink r:id="rId475768fda5896050b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
@@ -4880,51 +4880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780268e0cac48c84b" w:history="1">
+      <w:hyperlink r:id="rId775568fda589605d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904368e0cac48c98b" w:history="1">
+      <w:hyperlink r:id="rId866668fda58960703" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5303,90 +5303,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403568e0cac48cb3a" w:history="1">
+      <w:hyperlink r:id="rId179968fda5896088c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59069468" name="name227968e0cac48cbc8" descr="eu_funding_250.png"/>
+            <wp:docPr id="57350722" name="name942068fda589608e7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId521468e0cac48cbc7" cstate="print"/>
+                    <a:blip r:embed="rId402068fda589608e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5484,137 +5484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62323344">
+  <w:abstractNum w:abstractNumId="13682312">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32957578">
+    <w:lvl w:ilvl="0" w:tplc="66890823">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32957578" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66890823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62323343">
+  <w:abstractNum w:abstractNumId="13682311">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73307552">
+    <w:lvl w:ilvl="0" w:tplc="95705183">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6366,55 +6366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62323343">
-    <w:abstractNumId w:val="62323343"/>
+  <w:num w:numId="13682311">
+    <w:abstractNumId w:val="13682311"/>
   </w:num>
-  <w:num w:numId="62323344">
-    <w:abstractNumId w:val="62323344"/>
+  <w:num w:numId="13682312">
+    <w:abstractNumId w:val="13682312"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17964,51 +17964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId278520940" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359142689" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId980868e0cac4898cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId597168e0cac489910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId289768e0cac489b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId312968e0cac48bd66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId198468e0cac48bde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId276268e0cac48bf40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId579168e0cac48bfed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId420968e0cac48c07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId906268e0cac48c0eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId889268e0cac48c133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId516968e0cac48c215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId354068e0cac48c274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId556268e0cac48c2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId763868e0cac48c2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId136068e0cac48c536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId889868e0cac48c587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId790968e0cac48c77d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId780268e0cac48c84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId904368e0cac48c98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId403568e0cac48cb3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId282268e0cac4899d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282268e0cac4899d3.jpg"/><Relationship Id="rId211368e0cac48afc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211368e0cac48afc9.jpg"/><Relationship Id="rId521468e0cac48cbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId521468e0cac48cbc7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId650808971" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId639571439" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId607068fda5895d811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId961468fda5895d853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId852668fda5895d9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId184668fda5895fac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId691768fda5895fb5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId748668fda5895fcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId991368fda5895fd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId920468fda5895fdfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId355368fda5895fe6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId470168fda5895feb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId288268fda5895ff8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId385668fda5895ffec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId135968fda5896002b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId640068fda5896006a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId386168fda589602b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId677168fda58960306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId475768fda5896050b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId775568fda589605d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId866668fda58960703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId179968fda5896088c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId297368fda5895d90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId297368fda5895d90a.jpg"/><Relationship Id="rId681268fda5895edc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId681268fda5895edc7.jpg"/><Relationship Id="rId402068fda589608e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402068fda589608e6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>