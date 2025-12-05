--- v1 (2025-10-26)
+++ v2 (2025-12-05)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Seaver</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607068fda5895d811" w:history="1">
+            <w:hyperlink r:id="rId22556932fc23c580d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId961468fda5895d853" w:history="1">
+            <w:hyperlink r:id="rId95196932fc23c5853" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96266384" name="name376968fda5895d90c" descr="252.jpg"/>
+                  <wp:docPr id="97538935" name="name84126932fc23c5959" descr="252.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="252.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId297368fda5895d90a" cstate="print"/>
+                          <a:blip r:embed="rId88796932fc23c5958" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId852668fda5895d9ef" w:history="1">
+            <w:hyperlink r:id="rId29726932fc23c5a82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1394,63 +1394,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pinicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64557042" name="name738368fda5895edca" descr="ATRPPC_distribution_map.jpg"/>
+            <wp:docPr id="25124365" name="name68236932fc23c6249" descr="ATRPPC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId681268fda5895edc7" cstate="print"/>
+                    <a:blip r:embed="rId95986932fc23c6247" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3155,51 +3155,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184668fda5895fac9" w:history="1">
+      <w:hyperlink r:id="rId31366932fc23c6f6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [last accessed 09 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3234,51 +3234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691768fda5895fb5e" w:history="1">
+      <w:hyperlink r:id="rId36076932fc23c6fef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f8050147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,51 +3449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748668fda5895fcbc" w:history="1">
+      <w:hyperlink r:id="rId65736932fc23c714b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3559,51 +3559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991368fda5895fd6c" w:history="1">
+      <w:hyperlink r:id="rId69446932fc23c71fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920468fda5895fdfd" w:history="1">
+      <w:hyperlink r:id="rId20186932fc23c728e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,92 +3719,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355368fda5895fe6d" w:history="1">
+      <w:hyperlink r:id="rId46256932fc23c72fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470168fda5895feb2" w:history="1">
+      <w:hyperlink r:id="rId53916932fc23c7353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 07 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPPC (ed). International standards for phytosanitary measures, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288268fda5895ff8d" w:history="1">
+      <w:hyperlink r:id="rId75166932fc23c7438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3956,129 +3956,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-IPPC (International Plant Protection Convention) (2017). International movement of wood. ISPM 39. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Standards for Phytosanitary Measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385668fda5895ffec" w:history="1">
+      <w:hyperlink r:id="rId25766932fc23c749b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2022) National Center for Biotechnology Information Bethesda (MD): National Library of Medicine (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135968fda5896002b" w:history="1">
+      <w:hyperlink r:id="rId94216932fc23c74db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nucleotide/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 10 June 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2013) Fungal Databases, Systematic Mycology and Microbiology Laboratory, Agricultural Research Service, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640068fda5896006a" w:history="1">
+      <w:hyperlink r:id="rId54216932fc23c7521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 9 June 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,101 +4401,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 255-262.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2014) ST 05: review of heat treatment of wood and wood packaging. North American Plant Protection Organization, Ottawa, Canada, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386168fda589602b4" w:history="1">
+      <w:hyperlink r:id="rId68806932fc23c777c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Forestry Centre's Forest Pathology Herbarium DAVFP Collections Database (2022) Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677168fda58960306" w:history="1">
+      <w:hyperlink r:id="rId51076932fc23c77d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/herbarium/fungus/218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4758,51 +4758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId475768fda5896050b" w:history="1">
+      <w:hyperlink r:id="rId71896932fc23c79d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
@@ -4880,51 +4880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775568fda589605d1" w:history="1">
+      <w:hyperlink r:id="rId61046932fc23c7a9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866668fda58960703" w:history="1">
+      <w:hyperlink r:id="rId95536932fc23c7bd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5303,90 +5303,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179968fda5896088c" w:history="1">
+      <w:hyperlink r:id="rId64816932fc23c7d66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57350722" name="name942068fda589608e7" descr="eu_funding_250.png"/>
+            <wp:docPr id="40750244" name="name87546932fc23c7df1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId402068fda589608e6" cstate="print"/>
+                    <a:blip r:embed="rId56686932fc23c7df0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5484,137 +5484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13682312">
+  <w:abstractNum w:abstractNumId="11845463">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66890823">
+    <w:lvl w:ilvl="0" w:tplc="73860760">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66890823" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73860760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13682311">
+  <w:abstractNum w:abstractNumId="11845462">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95705183">
+    <w:lvl w:ilvl="0" w:tplc="53569684">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6366,55 +6366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13682311">
-    <w:abstractNumId w:val="13682311"/>
+  <w:num w:numId="11845462">
+    <w:abstractNumId w:val="11845462"/>
   </w:num>
-  <w:num w:numId="13682312">
-    <w:abstractNumId w:val="13682312"/>
+  <w:num w:numId="11845463">
+    <w:abstractNumId w:val="11845463"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17964,51 +17964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId650808971" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId639571439" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId607068fda5895d811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId961468fda5895d853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId852668fda5895d9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId184668fda5895fac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId691768fda5895fb5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId748668fda5895fcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId991368fda5895fd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId920468fda5895fdfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId355368fda5895fe6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId470168fda5895feb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId288268fda5895ff8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId385668fda5895ffec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId135968fda5896002b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId640068fda5896006a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId386168fda589602b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId677168fda58960306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId475768fda5896050b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId775568fda589605d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId866668fda58960703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId179968fda5896088c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId297368fda5895d90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId297368fda5895d90a.jpg"/><Relationship Id="rId681268fda5895edc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId681268fda5895edc7.jpg"/><Relationship Id="rId402068fda589608e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402068fda589608e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId538577229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565159445" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22556932fc23c580d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId95196932fc23c5853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId29726932fc23c5a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId31366932fc23c6f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId36076932fc23c6fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId65736932fc23c714b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId69446932fc23c71fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId20186932fc23c728e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId46256932fc23c72fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId53916932fc23c7353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId75166932fc23c7438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId25766932fc23c749b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId94216932fc23c74db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId54216932fc23c7521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId68806932fc23c777c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId51076932fc23c77d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId71896932fc23c79d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId61046932fc23c7a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId95536932fc23c7bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64816932fc23c7d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId88796932fc23c5958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88796932fc23c5958.jpg"/><Relationship Id="rId95986932fc23c6247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95986932fc23c6247.jpg"/><Relationship Id="rId56686932fc23c7df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56686932fc23c7df0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>