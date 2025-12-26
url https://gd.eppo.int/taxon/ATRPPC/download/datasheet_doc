--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Seaver</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22556932fc23c580d" w:history="1">
+            <w:hyperlink r:id="rId5098694dda7319a6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95196932fc23c5853" w:history="1">
+            <w:hyperlink r:id="rId9962694dda7319ace" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97538935" name="name84126932fc23c5959" descr="252.jpg"/>
+                  <wp:docPr id="18021698" name="name3990694dda731a18e" descr="252.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="252.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId88796932fc23c5958" cstate="print"/>
+                          <a:blip r:embed="rId7676694dda731a18c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId29726932fc23c5a82" w:history="1">
+            <w:hyperlink r:id="rId4414694dda731a291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1394,63 +1394,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pinicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25124365" name="name68236932fc23c6249" descr="ATRPPC_distribution_map.jpg"/>
+            <wp:docPr id="92929039" name="name6096694dda731b44d" descr="ATRPPC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95986932fc23c6247" cstate="print"/>
+                    <a:blip r:embed="rId6238694dda731b44a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3155,51 +3155,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31366932fc23c6f6c" w:history="1">
+      <w:hyperlink r:id="rId2253694dda731c1d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [last accessed 09 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3234,51 +3234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36076932fc23c6fef" w:history="1">
+      <w:hyperlink r:id="rId5072694dda731c25b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f8050147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,51 +3449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65736932fc23c714b" w:history="1">
+      <w:hyperlink r:id="rId7204694dda731c3c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3559,51 +3559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69446932fc23c71fb" w:history="1">
+      <w:hyperlink r:id="rId8350694dda731c479" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20186932fc23c728e" w:history="1">
+      <w:hyperlink r:id="rId3800694dda731c54f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,92 +3719,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46256932fc23c72fe" w:history="1">
+      <w:hyperlink r:id="rId6553694dda731c5c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53916932fc23c7353" w:history="1">
+      <w:hyperlink r:id="rId1098694dda731c611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 07 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPPC (ed). International standards for phytosanitary measures, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75166932fc23c7438" w:history="1">
+      <w:hyperlink r:id="rId6991694dda731c6f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3956,129 +3956,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-IPPC (International Plant Protection Convention) (2017). International movement of wood. ISPM 39. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Standards for Phytosanitary Measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25766932fc23c749b" w:history="1">
+      <w:hyperlink r:id="rId5721694dda731c753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2022) National Center for Biotechnology Information Bethesda (MD): National Library of Medicine (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94216932fc23c74db" w:history="1">
+      <w:hyperlink r:id="rId6231694dda731c792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nucleotide/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 10 June 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2013) Fungal Databases, Systematic Mycology and Microbiology Laboratory, Agricultural Research Service, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54216932fc23c7521" w:history="1">
+      <w:hyperlink r:id="rId6838694dda731c7d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 9 June 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,101 +4401,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 255-262.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2014) ST 05: review of heat treatment of wood and wood packaging. North American Plant Protection Organization, Ottawa, Canada, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68806932fc23c777c" w:history="1">
+      <w:hyperlink r:id="rId3878694dda731cad8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Forestry Centre's Forest Pathology Herbarium DAVFP Collections Database (2022) Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51076932fc23c77d0" w:history="1">
+      <w:hyperlink r:id="rId9534694dda731cb5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/herbarium/fungus/218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4758,51 +4758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId71896932fc23c79d4" w:history="1">
+      <w:hyperlink r:id="rId4215694dda731ce04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
@@ -4880,51 +4880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61046932fc23c7a9b" w:history="1">
+      <w:hyperlink r:id="rId5881694dda731cef9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95536932fc23c7bd6" w:history="1">
+      <w:hyperlink r:id="rId6474694dda731d066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5303,90 +5303,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64816932fc23c7d66" w:history="1">
+      <w:hyperlink r:id="rId1556694dda731d22a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40750244" name="name87546932fc23c7df1" descr="eu_funding_250.png"/>
+            <wp:docPr id="30270793" name="name1516694dda731d2c0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56686932fc23c7df0" cstate="print"/>
+                    <a:blip r:embed="rId3949694dda731d2bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5484,137 +5484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11845463">
+  <w:abstractNum w:abstractNumId="48562152">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73860760">
+    <w:lvl w:ilvl="0" w:tplc="14518297">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73860760" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14518297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11845462">
+  <w:abstractNum w:abstractNumId="48562151">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53569684">
+    <w:lvl w:ilvl="0" w:tplc="13501482">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6366,55 +6366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11845462">
-    <w:abstractNumId w:val="11845462"/>
+  <w:num w:numId="48562151">
+    <w:abstractNumId w:val="48562151"/>
   </w:num>
-  <w:num w:numId="11845463">
-    <w:abstractNumId w:val="11845463"/>
+  <w:num w:numId="48562152">
+    <w:abstractNumId w:val="48562152"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17964,51 +17964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId538577229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId565159445" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22556932fc23c580d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId95196932fc23c5853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId29726932fc23c5a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId31366932fc23c6f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId36076932fc23c6fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId65736932fc23c714b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId69446932fc23c71fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId20186932fc23c728e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId46256932fc23c72fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId53916932fc23c7353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId75166932fc23c7438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId25766932fc23c749b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId94216932fc23c74db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId54216932fc23c7521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId68806932fc23c777c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId51076932fc23c77d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId71896932fc23c79d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId61046932fc23c7a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId95536932fc23c7bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64816932fc23c7d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId88796932fc23c5958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88796932fc23c5958.jpg"/><Relationship Id="rId95986932fc23c6247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95986932fc23c6247.jpg"/><Relationship Id="rId56686932fc23c7df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56686932fc23c7df0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632955990" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621085751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5098694dda7319a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId9962694dda7319ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId4414694dda731a291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId2253694dda731c1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId5072694dda731c25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId7204694dda731c3c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId8350694dda731c479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId3800694dda731c54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId6553694dda731c5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId1098694dda731c611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId6991694dda731c6f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId5721694dda731c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId6231694dda731c792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId6838694dda731c7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId3878694dda731cad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId9534694dda731cb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId4215694dda731ce04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId5881694dda731cef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId6474694dda731d066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1556694dda731d22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId7676694dda731a18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7676694dda731a18c.jpg"/><Relationship Id="rId6238694dda731b44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6238694dda731b44a.jpg"/><Relationship Id="rId3949694dda731d2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3949694dda731d2bf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>