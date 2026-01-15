--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Seaver</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5098694dda7319a6c" w:history="1">
+            <w:hyperlink r:id="rId30906968ae04ef2dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9962694dda7319ace" w:history="1">
+            <w:hyperlink r:id="rId86856968ae04ef3b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18021698" name="name3990694dda731a18e" descr="252.jpg"/>
+                  <wp:docPr id="89869235" name="name56076968ae04efa3e" descr="252.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="252.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7676694dda731a18c" cstate="print"/>
+                          <a:blip r:embed="rId68376968ae04efa3c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4414694dda731a291" w:history="1">
+            <w:hyperlink r:id="rId58326968ae04efb72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1394,63 +1394,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pinicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92929039" name="name6096694dda731b44d" descr="ATRPPC_distribution_map.jpg"/>
+            <wp:docPr id="94711313" name="name85996968ae04f107e" descr="ATRPPC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6238694dda731b44a" cstate="print"/>
+                    <a:blip r:embed="rId43766968ae04f107b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3155,51 +3155,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2253694dda731c1d6" w:history="1">
+      <w:hyperlink r:id="rId72136968ae04f1db2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [last accessed 09 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3234,51 +3234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5072694dda731c25b" w:history="1">
+      <w:hyperlink r:id="rId99746968ae04f1e35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f8050147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,51 +3449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7204694dda731c3c7" w:history="1">
+      <w:hyperlink r:id="rId82346968ae04f1f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3559,51 +3559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8350694dda731c479" w:history="1">
+      <w:hyperlink r:id="rId25726968ae04f2039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3800694dda731c54f" w:history="1">
+      <w:hyperlink r:id="rId79436968ae04f20c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,92 +3719,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6553694dda731c5c9" w:history="1">
+      <w:hyperlink r:id="rId99166968ae04f213d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1098694dda731c611" w:history="1">
+      <w:hyperlink r:id="rId37626968ae04f2184" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 07 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPPC (ed). International standards for phytosanitary measures, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6991694dda731c6f2" w:history="1">
+      <w:hyperlink r:id="rId82006968ae04f225f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3956,129 +3956,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-IPPC (International Plant Protection Convention) (2017). International movement of wood. ISPM 39. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Standards for Phytosanitary Measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5721694dda731c753" w:history="1">
+      <w:hyperlink r:id="rId35716968ae04f22bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2022) National Center for Biotechnology Information Bethesda (MD): National Library of Medicine (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6231694dda731c792" w:history="1">
+      <w:hyperlink r:id="rId65526968ae04f231a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nucleotide/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 10 June 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2013) Fungal Databases, Systematic Mycology and Microbiology Laboratory, Agricultural Research Service, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6838694dda731c7d2" w:history="1">
+      <w:hyperlink r:id="rId96016968ae04f235b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 9 June 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,101 +4401,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 255-262.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2014) ST 05: review of heat treatment of wood and wood packaging. North American Plant Protection Organization, Ottawa, Canada, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3878694dda731cad8" w:history="1">
+      <w:hyperlink r:id="rId76836968ae04f25a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Forestry Centre's Forest Pathology Herbarium DAVFP Collections Database (2022) Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9534694dda731cb5d" w:history="1">
+      <w:hyperlink r:id="rId43176968ae04f25f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/herbarium/fungus/218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4758,51 +4758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4215694dda731ce04" w:history="1">
+      <w:hyperlink r:id="rId98566968ae04f2801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
@@ -4880,51 +4880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5881694dda731cef9" w:history="1">
+      <w:hyperlink r:id="rId86186968ae04f28c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5046,73 +5046,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6474694dda731d066" w:history="1">
+      <w:hyperlink r:id="rId38086968ae04f29fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5303,90 +5303,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1556694dda731d22a" w:history="1">
+      <w:hyperlink r:id="rId96476968ae04f2b84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30270793" name="name1516694dda731d2c0" descr="eu_funding_250.png"/>
+            <wp:docPr id="74964992" name="name64686968ae04f2c27" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3949694dda731d2bf" cstate="print"/>
+                    <a:blip r:embed="rId74946968ae04f2c25" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5484,137 +5484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48562152">
+  <w:abstractNum w:abstractNumId="47656054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14518297">
+    <w:lvl w:ilvl="0" w:tplc="42373391">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14518297" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42373391" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48562151">
+  <w:abstractNum w:abstractNumId="47656053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13501482">
+    <w:lvl w:ilvl="0" w:tplc="97948884">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6366,55 +6366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48562151">
-    <w:abstractNumId w:val="48562151"/>
+  <w:num w:numId="47656053">
+    <w:abstractNumId w:val="47656053"/>
   </w:num>
-  <w:num w:numId="48562152">
-    <w:abstractNumId w:val="48562152"/>
+  <w:num w:numId="47656054">
+    <w:abstractNumId w:val="47656054"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17964,51 +17964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632955990" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621085751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5098694dda7319a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId9962694dda7319ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId4414694dda731a291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId2253694dda731c1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId5072694dda731c25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId7204694dda731c3c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId8350694dda731c479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId3800694dda731c54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId6553694dda731c5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId1098694dda731c611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId6991694dda731c6f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId5721694dda731c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId6231694dda731c792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId6838694dda731c7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId3878694dda731cad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId9534694dda731cb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId4215694dda731ce04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId5881694dda731cef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId6474694dda731d066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1556694dda731d22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId7676694dda731a18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7676694dda731a18c.jpg"/><Relationship Id="rId6238694dda731b44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6238694dda731b44a.jpg"/><Relationship Id="rId3949694dda731d2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3949694dda731d2bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510976362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600695092" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30906968ae04ef2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId86856968ae04ef3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId58326968ae04efb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId72136968ae04f1db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId99746968ae04f1e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId82346968ae04f1f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId25726968ae04f2039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId79436968ae04f20c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId99166968ae04f213d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId37626968ae04f2184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId82006968ae04f225f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId35716968ae04f22bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId65526968ae04f231a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId96016968ae04f235b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId76836968ae04f25a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId43176968ae04f25f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId98566968ae04f2801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId86186968ae04f28c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId38086968ae04f29fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96476968ae04f2b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId68376968ae04efa3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68376968ae04efa3c.jpg"/><Relationship Id="rId43766968ae04f107b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43766968ae04f107b.jpg"/><Relationship Id="rId74946968ae04f2c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74946968ae04f2c25.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>