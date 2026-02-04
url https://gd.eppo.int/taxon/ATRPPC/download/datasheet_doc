--- v4 (2026-01-15)
+++ v5 (2026-02-04)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Seaver</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30906968ae04ef2dd" w:history="1">
+            <w:hyperlink r:id="rId190369838bfd0be52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86856968ae04ef3b2" w:history="1">
+            <w:hyperlink r:id="rId853869838bfd0be97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89869235" name="name56076968ae04efa3e" descr="252.jpg"/>
+                  <wp:docPr id="42169460" name="name455369838bfd0c558" descr="252.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="252.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId68376968ae04efa3c" cstate="print"/>
+                          <a:blip r:embed="rId859769838bfd0c554" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId58326968ae04efb72" w:history="1">
+            <w:hyperlink r:id="rId218369838bfd0c6cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1394,63 +1394,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pinicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94711313" name="name85996968ae04f107e" descr="ATRPPC_distribution_map.jpg"/>
+            <wp:docPr id="58502973" name="name174569838bfd0d7f6" descr="ATRPPC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43766968ae04f107b" cstate="print"/>
+                    <a:blip r:embed="rId513169838bfd0d7f1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3155,51 +3155,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72136968ae04f1db2" w:history="1">
+      <w:hyperlink r:id="rId389669838bfd0e594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [last accessed 09 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3234,51 +3234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99746968ae04f1e35" w:history="1">
+      <w:hyperlink r:id="rId155469838bfd0e63a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f8050147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,51 +3449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82346968ae04f1f8b" w:history="1">
+      <w:hyperlink r:id="rId307969838bfd0ea14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3559,51 +3559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25726968ae04f2039" w:history="1">
+      <w:hyperlink r:id="rId193869838bfd0eb5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79436968ae04f20c7" w:history="1">
+      <w:hyperlink r:id="rId458869838bfd0ec52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,92 +3719,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99166968ae04f213d" w:history="1">
+      <w:hyperlink r:id="rId251169838bfd0ecc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37626968ae04f2184" w:history="1">
+      <w:hyperlink r:id="rId592669838bfd0ed12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 07 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPPC (ed). International standards for phytosanitary measures, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82006968ae04f225f" w:history="1">
+      <w:hyperlink r:id="rId224169838bfd0ef12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3956,129 +3956,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-IPPC (International Plant Protection Convention) (2017). International movement of wood. ISPM 39. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Standards for Phytosanitary Measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35716968ae04f22bc" w:history="1">
+      <w:hyperlink r:id="rId599669838bfd0ef89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2022) National Center for Biotechnology Information Bethesda (MD): National Library of Medicine (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65526968ae04f231a" w:history="1">
+      <w:hyperlink r:id="rId330169838bfd0f008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nucleotide/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 10 June 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2013) Fungal Databases, Systematic Mycology and Microbiology Laboratory, Agricultural Research Service, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96016968ae04f235b" w:history="1">
+      <w:hyperlink r:id="rId664169838bfd0f04c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 9 June 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,101 +4401,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 255-262.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2014) ST 05: review of heat treatment of wood and wood packaging. North American Plant Protection Organization, Ottawa, Canada, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76836968ae04f25a6" w:history="1">
+      <w:hyperlink r:id="rId665969838bfd0f34d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Forestry Centre's Forest Pathology Herbarium DAVFP Collections Database (2022) Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43176968ae04f25f9" w:history="1">
+      <w:hyperlink r:id="rId811969838bfd0f3a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/herbarium/fungus/218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4758,51 +4758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId98566968ae04f2801" w:history="1">
+      <w:hyperlink r:id="rId438569838bfd0f668" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
@@ -4880,51 +4880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86186968ae04f28c6" w:history="1">
+      <w:hyperlink r:id="rId883469838bfd0f76a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38086968ae04f29fa" w:history="1">
+      <w:hyperlink r:id="rId573069838bfd0f8f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5303,90 +5303,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96476968ae04f2b84" w:history="1">
+      <w:hyperlink r:id="rId352969838bfd0fd1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74964992" name="name64686968ae04f2c27" descr="eu_funding_250.png"/>
+            <wp:docPr id="97660758" name="name593469838bfd0fdc9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74946968ae04f2c25" cstate="print"/>
+                    <a:blip r:embed="rId588869838bfd0fdc8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5484,137 +5484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47656054">
+  <w:abstractNum w:abstractNumId="85168878">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42373391">
+    <w:lvl w:ilvl="0" w:tplc="26043299">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42373391" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26043299" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47656053">
+  <w:abstractNum w:abstractNumId="85168877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97948884">
+    <w:lvl w:ilvl="0" w:tplc="72884026">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6366,55 +6366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47656053">
-    <w:abstractNumId w:val="47656053"/>
+  <w:num w:numId="85168877">
+    <w:abstractNumId w:val="85168877"/>
   </w:num>
-  <w:num w:numId="47656054">
-    <w:abstractNumId w:val="47656054"/>
+  <w:num w:numId="85168878">
+    <w:abstractNumId w:val="85168878"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17964,51 +17964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510976362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600695092" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30906968ae04ef2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId86856968ae04ef3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId58326968ae04efb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId72136968ae04f1db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId99746968ae04f1e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId82346968ae04f1f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId25726968ae04f2039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId79436968ae04f20c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId99166968ae04f213d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId37626968ae04f2184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId82006968ae04f225f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId35716968ae04f22bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId65526968ae04f231a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId96016968ae04f235b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId76836968ae04f25a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId43176968ae04f25f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId98566968ae04f2801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId86186968ae04f28c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId38086968ae04f29fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96476968ae04f2b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId68376968ae04efa3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68376968ae04efa3c.jpg"/><Relationship Id="rId43766968ae04f107b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43766968ae04f107b.jpg"/><Relationship Id="rId74946968ae04f2c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74946968ae04f2c25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445059675" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854801175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId190369838bfd0be52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId853869838bfd0be97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId218369838bfd0c6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId389669838bfd0e594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId155469838bfd0e63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId307969838bfd0ea14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId193869838bfd0eb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId458869838bfd0ec52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId251169838bfd0ecc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId592669838bfd0ed12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId224169838bfd0ef12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId599669838bfd0ef89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId330169838bfd0f008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId664169838bfd0f04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId665969838bfd0f34d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId811969838bfd0f3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId438569838bfd0f668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId883469838bfd0f76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId573069838bfd0f8f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId352969838bfd0fd1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId859769838bfd0c554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859769838bfd0c554.jpg"/><Relationship Id="rId513169838bfd0d7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId513169838bfd0d7f1.jpg"/><Relationship Id="rId588869838bfd0fdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588869838bfd0fdc8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>