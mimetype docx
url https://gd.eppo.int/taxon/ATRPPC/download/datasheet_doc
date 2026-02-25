--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Seaver</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190369838bfd0be52" w:history="1">
+            <w:hyperlink r:id="rId7736699f61190fb9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId853869838bfd0be97" w:history="1">
+            <w:hyperlink r:id="rId3330699f61190fbe0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42169460" name="name455369838bfd0c558" descr="252.jpg"/>
+                  <wp:docPr id="32811995" name="name6419699f611910115" descr="252.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="252.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId859769838bfd0c554" cstate="print"/>
+                          <a:blip r:embed="rId7232699f611910113" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId218369838bfd0c6cb" w:history="1">
+            <w:hyperlink r:id="rId9027699f611910240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1394,63 +1394,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pinicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58502973" name="name174569838bfd0d7f6" descr="ATRPPC_distribution_map.jpg"/>
+            <wp:docPr id="23795741" name="name1024699f611911264" descr="ATRPPC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId513169838bfd0d7f1" cstate="print"/>
+                    <a:blip r:embed="rId8250699f611911261" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3155,51 +3155,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389669838bfd0e594" w:history="1">
+      <w:hyperlink r:id="rId8446699f611912112" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [last accessed 09 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3234,51 +3234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155469838bfd0e63a" w:history="1">
+      <w:hyperlink r:id="rId1048699f611912195" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f8050147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,51 +3449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307969838bfd0ea14" w:history="1">
+      <w:hyperlink r:id="rId4040699f6119122ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3559,51 +3559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193869838bfd0eb5d" w:history="1">
+      <w:hyperlink r:id="rId9092699f61191239f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458869838bfd0ec52" w:history="1">
+      <w:hyperlink r:id="rId5409699f611912431" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,92 +3719,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251169838bfd0ecc9" w:history="1">
+      <w:hyperlink r:id="rId4864699f6119124a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592669838bfd0ed12" w:history="1">
+      <w:hyperlink r:id="rId5583699f6119124e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 07 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPPC (ed). International standards for phytosanitary measures, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224169838bfd0ef12" w:history="1">
+      <w:hyperlink r:id="rId1326699f6119125c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3956,129 +3956,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-IPPC (International Plant Protection Convention) (2017). International movement of wood. ISPM 39. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Standards for Phytosanitary Measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599669838bfd0ef89" w:history="1">
+      <w:hyperlink r:id="rId9394699f611912625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2022) National Center for Biotechnology Information Bethesda (MD): National Library of Medicine (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330169838bfd0f008" w:history="1">
+      <w:hyperlink r:id="rId1820699f611912663" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nucleotide/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 10 June 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2013) Fungal Databases, Systematic Mycology and Microbiology Laboratory, Agricultural Research Service, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664169838bfd0f04c" w:history="1">
+      <w:hyperlink r:id="rId8571699f6119126a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 9 June 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,101 +4401,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 255-262.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2014) ST 05: review of heat treatment of wood and wood packaging. North American Plant Protection Organization, Ottawa, Canada, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665969838bfd0f34d" w:history="1">
+      <w:hyperlink r:id="rId1282699f611912927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Forestry Centre's Forest Pathology Herbarium DAVFP Collections Database (2022) Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811969838bfd0f3a2" w:history="1">
+      <w:hyperlink r:id="rId1397699f61191297d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/herbarium/fungus/218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4758,51 +4758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId438569838bfd0f668" w:history="1">
+      <w:hyperlink r:id="rId9651699f611912b85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
@@ -4880,51 +4880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883469838bfd0f76a" w:history="1">
+      <w:hyperlink r:id="rId7879699f611912c51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573069838bfd0f8f1" w:history="1">
+      <w:hyperlink r:id="rId1488699f611912d8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5303,90 +5303,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352969838bfd0fd1a" w:history="1">
+      <w:hyperlink r:id="rId1639699f611912f23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97660758" name="name593469838bfd0fdc9" descr="eu_funding_250.png"/>
+            <wp:docPr id="23645709" name="name7941699f6119132b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId588869838bfd0fdc8" cstate="print"/>
+                    <a:blip r:embed="rId4522699f6119132b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5484,137 +5484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85168878">
+  <w:abstractNum w:abstractNumId="50273528">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26043299">
+    <w:lvl w:ilvl="0" w:tplc="98324060">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26043299" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98324060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85168877">
+  <w:abstractNum w:abstractNumId="50273527">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72884026">
+    <w:lvl w:ilvl="0" w:tplc="21686475">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6366,55 +6366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85168877">
-    <w:abstractNumId w:val="85168877"/>
+  <w:num w:numId="50273527">
+    <w:abstractNumId w:val="50273527"/>
   </w:num>
-  <w:num w:numId="85168878">
-    <w:abstractNumId w:val="85168878"/>
+  <w:num w:numId="50273528">
+    <w:abstractNumId w:val="50273528"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17964,51 +17964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId445059675" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854801175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId190369838bfd0be52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId853869838bfd0be97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId218369838bfd0c6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId389669838bfd0e594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId155469838bfd0e63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId307969838bfd0ea14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId193869838bfd0eb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId458869838bfd0ec52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId251169838bfd0ecc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId592669838bfd0ed12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId224169838bfd0ef12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId599669838bfd0ef89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId330169838bfd0f008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId664169838bfd0f04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId665969838bfd0f34d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId811969838bfd0f3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId438569838bfd0f668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId883469838bfd0f76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId573069838bfd0f8f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId352969838bfd0fd1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId859769838bfd0c554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859769838bfd0c554.jpg"/><Relationship Id="rId513169838bfd0d7f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId513169838bfd0d7f1.jpg"/><Relationship Id="rId588869838bfd0fdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588869838bfd0fdc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId140563175" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId859645969" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7736699f61190fb9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId3330699f61190fbe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId9027699f611910240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId8446699f611912112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId1048699f611912195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId4040699f6119122ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId9092699f61191239f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId5409699f611912431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId4864699f6119124a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId5583699f6119124e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId1326699f6119125c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId9394699f611912625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId1820699f611912663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId8571699f6119126a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId1282699f611912927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId1397699f61191297d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId9651699f611912b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId7879699f611912c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId1488699f611912d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1639699f611912f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId7232699f611910113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7232699f611910113.jpg"/><Relationship Id="rId8250699f611911261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8250699f611911261.jpg"/><Relationship Id="rId4522699f6119132b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4522699f6119132b0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>