--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Seaver</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> branch canker of pine, trunk canker of pine, twig blight of pine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7736699f61190fb9a" w:history="1">
+            <w:hyperlink r:id="rId251669b9e51fb2db2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3330699f61190fbe0" w:history="1">
+            <w:hyperlink r:id="rId122469b9e51fb2df5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ATRPPC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32811995" name="name6419699f611910115" descr="252.jpg"/>
+                  <wp:docPr id="96502251" name="name468869b9e51fb3489" descr="252.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="252.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7232699f611910113" cstate="print"/>
+                          <a:blip r:embed="rId391569b9e51fb3487" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9027699f611910240" w:history="1">
+            <w:hyperlink r:id="rId934169b9e51fb35d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1394,63 +1394,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. pinicola </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in other continents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23795741" name="name1024699f611911264" descr="ATRPPC_distribution_map.jpg"/>
+            <wp:docPr id="20804559" name="name909769b9e51fb46b3" descr="ATRPPC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ATRPPC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8250699f611911261" cstate="print"/>
+                    <a:blip r:embed="rId818369b9e51fb46af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3155,51 +3155,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8446699f611912112" w:history="1">
+      <w:hyperlink r:id="rId498969b9e51fb55fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [last accessed 09 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3234,51 +3234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1048699f611912195" w:history="1">
+      <w:hyperlink r:id="rId896569b9e51fb569a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f8050147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,51 +3449,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4040699f6119122ef" w:history="1">
+      <w:hyperlink r:id="rId901369b9e51fb5890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3559,51 +3559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9092699f61191239f" w:history="1">
+      <w:hyperlink r:id="rId333569b9e51fb5947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3926. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5409699f611912431" w:history="1">
+      <w:hyperlink r:id="rId912469b9e51fb5a3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3719,92 +3719,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4864699f6119124a4" w:history="1">
+      <w:hyperlink r:id="rId229369b9e51fb5ab6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5583699f6119124e9" w:history="1">
+      <w:hyperlink r:id="rId296769b9e51fb5b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ATRPPC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 07 July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPPC (ed). International standards for phytosanitary measures, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">174-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1326699f6119125c6" w:history="1">
+      <w:hyperlink r:id="rId420369b9e51fb5c38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3956,129 +3956,129 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO-IPPC (International Plant Protection Convention) (2017). International movement of wood. ISPM 39. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Standards for Phytosanitary Measures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9394699f611912625" w:history="1">
+      <w:hyperlink r:id="rId766469b9e51fb5cb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NCBI (2022) National Center for Biotechnology Information Bethesda (MD): National Library of Medicine (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1820699f611912663" w:history="1">
+      <w:hyperlink r:id="rId730269b9e51fb5cf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nucleotide/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 10 June 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2013) Fungal Databases, Systematic Mycology and Microbiology Laboratory, Agricultural Research Service, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8571699f6119126a2" w:history="1">
+      <w:hyperlink r:id="rId298069b9e51fb5d4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 9 June 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,101 +4401,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 255-262.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NAPPO (2014) ST 05: review of heat treatment of wood and wood packaging. North American Plant Protection Organization, Ottawa, Canada, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1282699f611912927" w:history="1">
+      <w:hyperlink r:id="rId613369b9e51fb5ffe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pacific Forestry Centre's Forest Pathology Herbarium DAVFP Collections Database (2022) Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1397699f61191297d" w:history="1">
+      <w:hyperlink r:id="rId570769b9e51fb6064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cfs.nrcan.gc.ca/herbarium/fungus/218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4758,51 +4758,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9651699f611912b85" w:history="1">
+      <w:hyperlink r:id="rId424469b9e51fb62be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/7815</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
@@ -4880,51 +4880,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), e04877. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7879699f611912c51" w:history="1">
+      <w:hyperlink r:id="rId859569b9e51fb63b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Atropellis pinicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1488699f611912d8d" w:history="1">
+      <w:hyperlink r:id="rId347869b9e51fb64fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5303,90 +5303,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 23-28.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1639699f611912f23" w:history="1">
+      <w:hyperlink r:id="rId346569b9e51fb668e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02447.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23645709" name="name7941699f6119132b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="14944175" name="name176069b9e51fb6709" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4522699f6119132b0" cstate="print"/>
+                    <a:blip r:embed="rId758169b9e51fb6708" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5484,137 +5484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50273528">
+  <w:abstractNum w:abstractNumId="44725712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98324060">
+    <w:lvl w:ilvl="0" w:tplc="62422407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98324060" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62422407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50273527">
+  <w:abstractNum w:abstractNumId="44725711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21686475">
+    <w:lvl w:ilvl="0" w:tplc="74434732">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6366,55 +6366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50273527">
-    <w:abstractNumId w:val="50273527"/>
+  <w:num w:numId="44725711">
+    <w:abstractNumId w:val="44725711"/>
   </w:num>
-  <w:num w:numId="50273528">
-    <w:abstractNumId w:val="50273528"/>
+  <w:num w:numId="44725712">
+    <w:abstractNumId w:val="44725712"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17964,51 +17964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId140563175" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId859645969" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7736699f61190fb9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId3330699f61190fbe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId9027699f611910240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId8446699f611912112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId1048699f611912195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId4040699f6119122ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId9092699f61191239f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId5409699f611912431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId4864699f6119124a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId5583699f6119124e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId1326699f6119125c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId9394699f611912625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId1820699f611912663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId8571699f6119126a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId1282699f611912927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId1397699f61191297d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId9651699f611912b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId7879699f611912c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId1488699f611912d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1639699f611912f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId7232699f611910113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7232699f611910113.jpg"/><Relationship Id="rId8250699f611911261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8250699f611911261.jpg"/><Relationship Id="rId4522699f6119132b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4522699f6119132b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId570431909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId568605541" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId251669b9e51fb2db2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/" TargetMode="External"/><Relationship Id="rId122469b9e51fb2df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/categorization" TargetMode="External"/><Relationship Id="rId934169b9e51fb35d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC/photos" TargetMode="External"/><Relationship Id="rId498969b9e51fb55fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId896569b9e51fb569a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f8050147" TargetMode="External"/><Relationship Id="rId901369b9e51fb5890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId333569b9e51fb5947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId912469b9e51fb5a3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3926" TargetMode="External"/><Relationship Id="rId229369b9e51fb5ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId296769b9e51fb5b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ATRPPC" TargetMode="External"/><Relationship Id="rId420369b9e51fb5c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId766469b9e51fb5cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId730269b9e51fb5cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nucleotide/" TargetMode="External"/><Relationship Id="rId298069b9e51fb5d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId613369b9e51fb5ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nappo.org/files/7714/6013/3041/NAPPO_ST_Heat_treatment_of_wood_woodpkg-e.pdf" TargetMode="External"/><Relationship Id="rId570769b9e51fb6064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfs.nrcan.gc.ca/herbarium/fungus/218" TargetMode="External"/><Relationship Id="rId424469b9e51fb62be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/7815" TargetMode="External"/><Relationship Id="rId859569b9e51fb63b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4877" TargetMode="External"/><Relationship Id="rId347869b9e51fb64fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId346569b9e51fb668e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02447.x" TargetMode="External"/><Relationship Id="rId391569b9e51fb3487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391569b9e51fb3487.jpg"/><Relationship Id="rId818369b9e51fb46af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818369b9e51fb46af.jpg"/><Relationship Id="rId758169b9e51fb6708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758169b9e51fb6708.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>