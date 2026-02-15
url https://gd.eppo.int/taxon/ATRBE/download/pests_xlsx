--- v0 (2025-10-18)
+++ v1 (2026-02-15)
@@ -45,67 +45,67 @@
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Artificial transmission.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
+  </si>
+  <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis</t>
   </si>
   <si>
     <t>* Singh RP (1973) Experimental host range of the potato spindle tuber 'virus'. American Potato Journal 50, 111-123.
 ------- Absence of symptoms.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>DIABUH</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata howardi</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 ------- Larval host.</t>