--- v1 (2026-02-15)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ATRBE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
@@ -93,50 +93,56 @@
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>DIABUH</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata howardi</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 ------- Larval host.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>EPIXCU</t>
   </si>
   <si>
     <t>Epitrix cucumeris</t>
   </si>
@@ -467,51 +473,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="342.059" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -609,78 +615,90 @@
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>30</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
+      <c r="D12"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
         <v>34</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">