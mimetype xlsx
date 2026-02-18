--- v0 (2025-10-19)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ATIDE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Hickel ER, Schuck E (1993) Ocorrência da moscas-das frutas, Anastrepha fraterculus (Diptera: Tephritidae) em frutos de quivi. Pesquisa Agropecuaria Brasileira 28, 1345–1347.</t>
   </si>
   <si>
@@ -159,50 +159,57 @@
   <si>
     <t>Popillia japonica (as Actinidia)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
   </si>
   <si>
     <t>PVX000</t>
   </si>
   <si>
     <t>Potexvirus ecspotati</t>
   </si>
   <si>
     <t>* Zhao L, Yang W, Zhang YL, Wu ZM, Wang QC, Wu YF (2019) Occurrence and molecular variability of kiwifruit viruses in Actinidia deliciosa 'Xuxiang' in the Shaanxi province of China. Plant Disease 103(6), 1309-1318.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
     <t>* Stathas GJ, Kartsonas ED, Darras AI, Skouras PJ (2021) Scale insect species (Hemiptera: Coccomorpha) and their natural enemies, recorded on agricultural, ornamental and forest plant species in the wider area of Messenian Province (Peloponnese, Greece), 2000–2020. Hellenic Plant Protection Journal, 14(2), 47-64.
 * Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Actinidia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSDMAK</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. actinidiae (as Actinidia)</t>
   </si>
   <si>
     <t>* Perez S, Biondi E, Giuliani D, Comuzzo G, Testolin R, Bertaccini A (2019) Preliminary results on susceptibility to bacterial canker of Actinidia spp. accessions. Acta Horticulturae, 1243, 115-120. Doi: 10.17660/ActaHortic.2019.1243.19</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Carneiro R M D G, Gomes C B, Almeida M R A, Gomes A C M M &amp; Martins I (2003) First record of Meloidogyne ethiopica Whitehead, 1968 on kiwi in Brazil and reaction of different plant species. (Primeiro Registro de Meloidogyne ethiopica Whitehead, 1968, em plantas de quivi no Brasil e reação em diferentes plantas cultivadas.). Nematologia Brasileira, 27(2), 151-158.
 * Carneiro R M D G, Randig O, Almeida M R A, Gomes A C M M (2004) Additional information on Meloidogyne ethiopica Whitehead, 1968 (Tylenchida: Meloidogynidae), a root-knot nematode parasitising kiwi fruit and grape-vine from Brazil and Chile. Nematology 6(1), 109-123.</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. actinidiae</t>
@@ -544,51 +551,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="434.037" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -785,99 +792,113 @@
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" t="s">
         <v>48</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>4</v>
+      </c>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
         <v>51</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" t="s">
         <v>57</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>58</v>
       </c>
-      <c r="D20" t="s">
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" t="s">
         <v>59</v>
+      </c>
+      <c r="C21" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">