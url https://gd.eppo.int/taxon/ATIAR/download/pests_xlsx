--- v0 (2025-10-08)
+++ v1 (2026-03-01)
@@ -12,94 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ATIAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CLBV00</t>
   </si>
   <si>
     <t>Citrivirus citri (as Actinidia)</t>
   </si>
   <si>
     <t>* Peng Q, Qiu L, Yang T. et al. (2020) A multiple reverse transcription PCR assay for simultaneous detection of four main viruses in kiwifruit. European Journal of Plant Pathology 156(4), 1207–1212. https://doi.org/10.1007/s10658-020-01950-w</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Hasey JK, van Steenwyk RA (2016) UC IPM Pest Management Guidelines: Kiwifruit. Leafrollers. UC ANR Publication 3449. http://ipm.ucanr.edu/PMG/r604300411.html
 * Hoover GA, Biddinger DJ (2014) Omnivorous leafroller, Platynota stultana (Lepidoptera: Tortricidae). Penn State Extension Pest Alert. https://ento.psu.edu/files/omnivorous-leafroller/view</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica (as Actinidia)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Actinidia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSDMAK</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. actinidiae</t>
   </si>
   <si>
     <t>* Perez S, Biondi E, Giuliani D, Comuzzo G, Testolin R, Bertaccini A (2019) Preliminary results on susceptibility to bacterial canker of Actinidia spp. accessions. Acta Horticulturae, 1243, 115-120. Doi: 10.17660/ActaHortic.2019.1243.19
 ------- very low susceptibility in experiments.
 * Ushiyama K, Suyama K, Kita N, Aono N, Fujii H (1992) Isolation of kiwifruit canker pathogen, Pseudomonas syringae pv. actinidiae from leaf spot of Tara vine (Actinidia arguta Planchon). Annals of the Phytopathological Society of Japan 58, 476–479 (in Japanese)
 ------- confirmed host.
 * Ushiyama K, Kita N, Suyama K, Aono N, Ogawa J, Fujii H (1992) Bacterial canker disease of wild Actinidia plants as the infection source of outbreak of bacterial canker of kiwifruit caused by Pseudomonas syringae pv. actinidiae. Annals of the Phytopathological Society of Japan 58, 426–430 (in Japanese).
 ------- confirmed host.</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. actinidiae (as Actinidia)</t>
   </si>
   <si>
     <t>* Perez S, Biondi E, Giuliani D, Comuzzo G, Testolin R, Bertaccini A (2019) Preliminary results on susceptibility to bacterial canker of Actinidia spp. accessions. Acta Horticulturae, 1243, 115-120. Doi: 10.17660/ActaHortic.2019.1243.19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -423,51 +433,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="360.912" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -512,57 +522,71 @@
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-        <v>18</v>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">