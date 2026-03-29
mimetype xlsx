--- v0 (2025-10-19)
+++ v1 (2026-03-29)
@@ -104,51 +104,51 @@
   <si>
     <t>Echinochloa colonum</t>
   </si>
   <si>
     <t>ERAJA</t>
   </si>
   <si>
     <t>Eragrostis japonica</t>
   </si>
   <si>
     <t>ERBPR</t>
   </si>
   <si>
     <t>Eriochloa procera</t>
   </si>
   <si>
     <t>HTOCO</t>
   </si>
   <si>
     <t>Heteropogon contortus</t>
   </si>
   <si>
     <t>PANPS</t>
   </si>
   <si>
-    <t>Panicum psilopodium</t>
+    <t>Panicum sumatrense</t>
   </si>
   <si>
     <t>PASSC</t>
   </si>
   <si>
     <t>Paspalum scrobiculatum</t>
   </si>
   <si>
     <t>SETPU</t>
   </si>
   <si>
     <t>Setaria pumila</t>
   </si>
   <si>
     <t>1SORG</t>
   </si>
   <si>
     <t>Sorghum</t>
   </si>
   <si>
     <t>SORVU</t>
   </si>
   <si>
     <t>Sorghum bicolor</t>
   </si>