--- v0 (2025-10-09)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ASGV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MABSI</t>
   </si>
   <si>
     <t>Malus sieversii</t>
   </si>
   <si>
     <t>* Jia X-J, Zhang Z-P, Fan X-D, Ren F, Dong Y-F, Hu G-J (2022) Detection and genetic variation analysis of apple chlorotic leaf spot virus and apple stem grooving virus in wild apple (Malus sieversii) from Xinjiang, China. Forest Pathology 52, e12771. https://doi.org/10.1111/efp.12771</t>
   </si>
   <si>
@@ -298,50 +298,59 @@
   </si>
   <si>
     <t>PLEDI</t>
   </si>
   <si>
     <t>Pleioblastus distichus</t>
   </si>
   <si>
     <t>PRNCS</t>
   </si>
   <si>
     <t>Prunus cerasoides</t>
   </si>
   <si>
     <t>* Bhardwaj P, Ram R, Zaidi AA, Hallan V (2016) Apple stem grooving virus naturally infects Himalayan wild cherry (Prunus cerasoides D. Don). Forest Pathology 46(2), 116-121.
 ------- Confirmed host. Affected plants showed chlorotic spots, chlorosis along the margins of the leaf and necrotic spots.</t>
   </si>
   <si>
     <t>PYUBE</t>
   </si>
   <si>
     <t>Pyrus betulifolia</t>
   </si>
   <si>
     <t>* Ma L, Zeng Q, Huang W, Wang S, Zhang Y, Cheng Y, Zhang Q, Wang S, Hao L, Xu C, Yu Y (2021) Incidence of major pome fruit tree viruses and viroids in commercial pear orchards in China and in Pyrus betulifolia seedlings. Plant Pathology 70(6), 1467-1475.</t>
+  </si>
+  <si>
+    <t>PYUCO</t>
+  </si>
+  <si>
+    <t>Pyrus communis</t>
+  </si>
+  <si>
+    <t>* Ben Slimen A, Karam A, Venerito P, Digiaro M (2025) First report of citrus virus A (CiVA) in Italian pear trees and sanitary assessment of native pear varieties in Apulia (southern Italy). Journal of Plant Pathology. https://doi.org/10.1007/s42161-025-02062-2</t>
   </si>
   <si>
     <t>PYUPY</t>
   </si>
   <si>
     <t>Pyrus pyrifolia</t>
   </si>
   <si>
     <t>* Kim N-Y, Lee H-J, Kim N-K, Oh J, Lee S-H, Kim H, Oh J, Kim H, Moon JS, Jeong RD (2019) Survey of major viruses in commercial nursery trees of major pear cultivars in Korea. Research in Plant Disease 25(1), 43–7. https://doi.org/10.5423/RPD.2019.25.1.43
 ------- confirmed host.</t>
   </si>
   <si>
     <t>ROSCH</t>
   </si>
   <si>
     <t>Rosa chinensis</t>
   </si>
   <si>
     <t>* He Y, Chen YS, Wang ZH, Wang LP, Wang GP, Hong N, Xu WX (2016) First report of Apple stem grooving virus Infecting Rosa chinensis in China. Plant Disease 100(6), p 1252.</t>
   </si>
   <si>
     <t>ROSMU</t>
   </si>
   <si>
     <t>Rosa multiflora</t>
@@ -676,51 +685,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D40"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="352.628" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1220,63 +1229,77 @@
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>14</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>14</v>
       </c>
       <c r="B39" t="s">
         <v>98</v>
       </c>
       <c r="C39" t="s">
         <v>99</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>14</v>
       </c>
       <c r="B40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D40"/>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>14</v>
+      </c>
+      <c r="B41" t="s">
+        <v>103</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>