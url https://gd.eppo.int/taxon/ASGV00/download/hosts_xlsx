--- v1 (2026-01-26)
+++ v2 (2026-03-07)
@@ -12,96 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ASGV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MABSI</t>
   </si>
   <si>
     <t>Malus sieversii</t>
   </si>
   <si>
     <t>* Jia X-J, Zhang Z-P, Fan X-D, Ren F, Dong Y-F, Hu G-J (2022) Detection and genetic variation analysis of apple chlorotic leaf spot virus and apple stem grooving virus in wild apple (Malus sieversii) from Xinjiang, China. Forest Pathology 52, e12771. https://doi.org/10.1111/efp.12771</t>
   </si>
   <si>
     <t>PGTKI</t>
   </si>
   <si>
     <t>Polygonatum kingianum</t>
   </si>
   <si>
     <t>* Chen ZL, Anane RF, Yang LY, Yang YH, Chen L, Sun Y, Wen GS, Zhao MF (2019) First report of apple stem grooving virus in Yunnan Huang Jing (Polygonatum kingianum) in China. Plant Disease 103(7), 1803-1803. https://doi.org/10.1094/PDIS-02-19-0414-PDN</t>
   </si>
   <si>
     <t>RUBEL</t>
   </si>
   <si>
     <t>Rubus ellipticus</t>
   </si>
   <si>
     <t>* Bhardwaj P, Hallan V (2019) Occurrence of Apple stem grooving virus on Rubus ellipticus, a perennial weed in India. European Journal of Plant Pathology 153(1), 311-319.
 ------- In Himachal Pradedh (India).</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>ACCAU</t>
+  </si>
+  <si>
+    <t>Acalypha australis</t>
+  </si>
+  <si>
+    <t>* Peng R, Zhou W, Chen Y, Lu Y, Peng J, Lin L, Chen JP, Yan F, Zheng H (2026) First Report of Apple Stem Grooving Virus Infecting Acalypha australis in China. Plant Disease (early view) https://doi.org/10.1094/PDIS-11-25-2201-PDN</t>
   </si>
   <si>
     <t>AAOCA</t>
   </si>
   <si>
     <t>Aconitum carmichaelii</t>
   </si>
   <si>
     <t xml:space="preserve">* Yang J, Lan PX, Wang Y, Li JM, Li R, Wylie S, Chen XJ, Yang GH, Cai H, Li F (2023) Virome analysis of Aconitum carmichaelii reveals infection by eleven viruses, including two potentially new species. International Journal of Molecular Sciences 24(21), 15558. https://doi.org/10.3390/ijms242115558
 ------- identified by HTS from symptomatic  Aconitum carmichaelii. </t>
   </si>
   <si>
     <t>AVRCA</t>
   </si>
   <si>
     <t>Averrhoa carambola</t>
   </si>
   <si>
     <t>* Yang HJ, Lim S, Yea MC, Kim RH, Kim YH (2024) First report of Apple Stem Grooving Virus and Citrus Leaf Blotch Virus infecting carambola worldwide. Plant Disease 108(5), 1408. https://doi.org/10.1094/PDIS-09-23-1813-PDN</t>
   </si>
   <si>
     <t>BAMBM</t>
   </si>
   <si>
     <t>Bambusa bambos</t>
@@ -317,50 +326,59 @@
   </si>
   <si>
     <t>Pyrus betulifolia</t>
   </si>
   <si>
     <t>* Ma L, Zeng Q, Huang W, Wang S, Zhang Y, Cheng Y, Zhang Q, Wang S, Hao L, Xu C, Yu Y (2021) Incidence of major pome fruit tree viruses and viroids in commercial pear orchards in China and in Pyrus betulifolia seedlings. Plant Pathology 70(6), 1467-1475.</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>* Ben Slimen A, Karam A, Venerito P, Digiaro M (2025) First report of citrus virus A (CiVA) in Italian pear trees and sanitary assessment of native pear varieties in Apulia (southern Italy). Journal of Plant Pathology. https://doi.org/10.1007/s42161-025-02062-2</t>
   </si>
   <si>
     <t>PYUPY</t>
   </si>
   <si>
     <t>Pyrus pyrifolia</t>
   </si>
   <si>
     <t>* Kim N-Y, Lee H-J, Kim N-K, Oh J, Lee S-H, Kim H, Oh J, Kim H, Moon JS, Jeong RD (2019) Survey of major viruses in commercial nursery trees of major pear cultivars in Korea. Research in Plant Disease 25(1), 43–7. https://doi.org/10.5423/RPD.2019.25.1.43
 ------- confirmed host.</t>
+  </si>
+  <si>
+    <t>1ROSG</t>
+  </si>
+  <si>
+    <t>Rosa</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397</t>
   </si>
   <si>
     <t>ROSCH</t>
   </si>
   <si>
     <t>Rosa chinensis</t>
   </si>
   <si>
     <t>* He Y, Chen YS, Wang ZH, Wang LP, Wang GP, Hong N, Xu WX (2016) First report of Apple stem grooving virus Infecting Rosa chinensis in China. Plant Disease 100(6), p 1252.</t>
   </si>
   <si>
     <t>ROSMU</t>
   </si>
   <si>
     <t>Rosa multiflora</t>
   </si>
   <si>
     <t>CJFMI</t>
   </si>
   <si>
     <t>x Citrofortunella microcarpa</t>
   </si>
 </sst>
 </file>
 
@@ -685,51 +703,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="352.628" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -808,417 +826,417 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>34</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>14</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>14</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>14</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>14</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>14</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>14</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>14</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>14</v>
       </c>
       <c r="B29" t="s">
         <v>72</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>14</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>14</v>
       </c>
       <c r="B31" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C31" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>79</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>14</v>
       </c>
       <c r="B32" t="s">
         <v>80</v>
       </c>
       <c r="C32" t="s">
         <v>81</v>
       </c>
       <c r="D32" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D33" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D35" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>14</v>
       </c>
       <c r="B36" t="s">
         <v>89</v>
       </c>
       <c r="C36" t="s">
         <v>90</v>
       </c>
       <c r="D36" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>14</v>
       </c>
       <c r="B37" t="s">
         <v>92</v>
       </c>
       <c r="C37" t="s">
         <v>93</v>
@@ -1243,63 +1261,91 @@
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>14</v>
       </c>
       <c r="B39" t="s">
         <v>98</v>
       </c>
       <c r="C39" t="s">
         <v>99</v>
       </c>
       <c r="D39" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>14</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="s">
         <v>102</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>14</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>105</v>
+      </c>
+      <c r="D41" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>14</v>
+      </c>
+      <c r="B42" t="s">
+        <v>107</v>
+      </c>
+      <c r="C42" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42"/>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>14</v>
+      </c>
+      <c r="B43" t="s">
+        <v>109</v>
+      </c>
+      <c r="C43" t="s">
+        <v>110</v>
+      </c>
+      <c r="D43"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>