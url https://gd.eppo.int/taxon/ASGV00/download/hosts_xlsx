--- v2 (2026-03-07)
+++ v3 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ASGV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MABSI</t>
   </si>
   <si>
     <t>Malus sieversii</t>
   </si>
   <si>
     <t>* Jia X-J, Zhang Z-P, Fan X-D, Ren F, Dong Y-F, Hu G-J (2022) Detection and genetic variation analysis of apple chlorotic leaf spot virus and apple stem grooving virus in wild apple (Malus sieversii) from Xinjiang, China. Forest Pathology 52, e12771. https://doi.org/10.1111/efp.12771</t>
   </si>
   <si>
@@ -298,50 +298,59 @@
   </si>
   <si>
     <t>Phyllostachys edulis</t>
   </si>
   <si>
     <t>PLLNI</t>
   </si>
   <si>
     <t>Phyllostachys nigra</t>
   </si>
   <si>
     <t>PLEDI</t>
   </si>
   <si>
     <t>Pleioblastus distichus</t>
   </si>
   <si>
     <t>PRNCS</t>
   </si>
   <si>
     <t>Prunus cerasoides</t>
   </si>
   <si>
     <t>* Bhardwaj P, Ram R, Zaidi AA, Hallan V (2016) Apple stem grooving virus naturally infects Himalayan wild cherry (Prunus cerasoides D. Don). Forest Pathology 46(2), 116-121.
 ------- Confirmed host. Affected plants showed chlorotic spots, chlorosis along the margins of the leaf and necrotic spots.</t>
+  </si>
+  <si>
+    <t>PRNDO</t>
+  </si>
+  <si>
+    <t>Prunus domestica</t>
+  </si>
+  <si>
+    <t>* Kinoti WM, Nancarrow N, Dann A, Rodoni BC, Constable F (2020) Updating the quarantine status of Prunus infecting viruses in Australia. Viruses 12(2):246. https://doi.org/10.3390/v12020246</t>
   </si>
   <si>
     <t>PYUBE</t>
   </si>
   <si>
     <t>Pyrus betulifolia</t>
   </si>
   <si>
     <t>* Ma L, Zeng Q, Huang W, Wang S, Zhang Y, Cheng Y, Zhang Q, Wang S, Hao L, Xu C, Yu Y (2021) Incidence of major pome fruit tree viruses and viroids in commercial pear orchards in China and in Pyrus betulifolia seedlings. Plant Pathology 70(6), 1467-1475.</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>* Ben Slimen A, Karam A, Venerito P, Digiaro M (2025) First report of citrus virus A (CiVA) in Italian pear trees and sanitary assessment of native pear varieties in Apulia (southern Italy). Journal of Plant Pathology. https://doi.org/10.1007/s42161-025-02062-2</t>
   </si>
   <si>
     <t>PYUPY</t>
   </si>
   <si>
     <t>Pyrus pyrifolia</t>
   </si>
@@ -703,51 +712,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="352.628" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1289,63 +1298,77 @@
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>14</v>
       </c>
       <c r="B41" t="s">
         <v>104</v>
       </c>
       <c r="C41" t="s">
         <v>105</v>
       </c>
       <c r="D41" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>14</v>
       </c>
       <c r="B42" t="s">
         <v>107</v>
       </c>
       <c r="C42" t="s">
         <v>108</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>14</v>
       </c>
       <c r="B43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C43" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D43"/>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>14</v>
+      </c>
+      <c r="B44" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>