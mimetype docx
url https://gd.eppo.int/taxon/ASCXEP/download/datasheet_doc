--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Inouye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese gall midge, juniper gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248568ef0c91bb70e" w:history="1">
+            <w:hyperlink r:id="rId74226909eda9054ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507968ef0c91bb762" w:history="1">
+            <w:hyperlink r:id="rId58326909eda90551a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASCXEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65365503" name="name590668ef0c91bb838" descr="2037.jpg"/>
+                  <wp:docPr id="70302923" name="name57326909eda9055e9" descr="2037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId659768ef0c91bb837" cstate="print"/>
+                          <a:blip r:embed="rId77896909eda9055e8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId368968ef0c91bb96b" w:history="1">
+            <w:hyperlink r:id="rId27456909eda9056ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1172,63 +1172,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013; Björklund &amp; Boberg, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88929483" name="name613768ef0c91bcc85" descr="ASCXEP_distribution_map.jpg"/>
+            <wp:docPr id="16900104" name="name49326909eda906b7a" descr="ASCXEP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ASCXEP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId231868ef0c91bcc81" cstate="print"/>
+                    <a:blip r:embed="rId68866909eda906b76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2460,51 +2460,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests and summary pest risk assessment. Ministry of Agriculture, Fisheries and Food, Central Science Laboratory, Sand Hutton, York, PPR Point 4.3, 97/7020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EP (2013) A review of the literature relevant to the monitoring of regulated plant health pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260768ef0c91bd652" w:history="1">
+      <w:hyperlink r:id="rId72706909eda9075d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2695,51 +2695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 5186, 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517068ef0c91bd7fe" w:history="1">
+      <w:hyperlink r:id="rId88396909eda907758" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2823,51 +2823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Szkodnik podlegający obowiązkowi zwalczania. Państwowej Inspekcji Ochrony Roślin i Nasiennictwa (PIORiN) [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashistonyx eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A pest subject to mandatory control. National Plant Health and Seed Inspection Service (PIORiN)]. 1st edition, December 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865568ef0c91bd8ce" w:history="1">
+      <w:hyperlink r:id="rId15056909eda907836" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [in Polish].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3016,51 +3016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917868ef0c91bda06" w:history="1">
+      <w:hyperlink r:id="rId19516909eda907976" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13355-023-00855-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3126,51 +3126,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Byakushincecis eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589968ef0c91bdabd" w:history="1">
+      <w:hyperlink r:id="rId48736909eda907a32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3183,63 +3183,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83416359" name="name237568ef0c91bdb55" descr="eu_funding_250.png"/>
+            <wp:docPr id="27211949" name="name96296909eda907ace" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId701168ef0c91bdb53" cstate="print"/>
+                    <a:blip r:embed="rId55486909eda907acd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3337,137 +3337,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40184581">
+  <w:abstractNum w:abstractNumId="14792122">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99806379">
+    <w:lvl w:ilvl="0" w:tplc="51546745">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99806379" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51546745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40184580">
+  <w:abstractNum w:abstractNumId="14792121">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86256864">
+    <w:lvl w:ilvl="0" w:tplc="41544002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4219,55 +4219,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40184580">
-    <w:abstractNumId w:val="40184580"/>
+  <w:num w:numId="14792121">
+    <w:abstractNumId w:val="14792121"/>
   </w:num>
-  <w:num w:numId="40184581">
-    <w:abstractNumId w:val="40184581"/>
+  <w:num w:numId="14792122">
+    <w:abstractNumId w:val="14792122"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15817,51 +15817,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId335462128" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId967093853" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId248568ef0c91bb70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId507968ef0c91bb762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId368968ef0c91bb96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId260768ef0c91bd652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId517068ef0c91bd7fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId865568ef0c91bd8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId917868ef0c91bda06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId589968ef0c91bdabd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId659768ef0c91bb837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659768ef0c91bb837.jpg"/><Relationship Id="rId231868ef0c91bcc81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId231868ef0c91bcc81.jpg"/><Relationship Id="rId701168ef0c91bdb53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701168ef0c91bdb53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308267310" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId633281399" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74226909eda9054ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId58326909eda90551a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId27456909eda9056ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId72706909eda9075d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId88396909eda907758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId15056909eda907836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId19516909eda907976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId48736909eda907a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77896909eda9055e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77896909eda9055e8.jpg"/><Relationship Id="rId68866909eda906b76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68866909eda906b76.jpg"/><Relationship Id="rId55486909eda907acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55486909eda907acd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>