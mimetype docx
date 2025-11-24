--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Inouye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese gall midge, juniper gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74226909eda9054ca" w:history="1">
+            <w:hyperlink r:id="rId1351692480ad2968d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58326909eda90551a" w:history="1">
+            <w:hyperlink r:id="rId9765692480ad296d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASCXEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70302923" name="name57326909eda9055e9" descr="2037.jpg"/>
+                  <wp:docPr id="11625249" name="name3716692480ad29e7a" descr="2037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId77896909eda9055e8" cstate="print"/>
+                          <a:blip r:embed="rId9992692480ad29e78" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId27456909eda9056ef" w:history="1">
+            <w:hyperlink r:id="rId8233692480ad29f96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1172,63 +1172,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013; Björklund &amp; Boberg, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16900104" name="name49326909eda906b7a" descr="ASCXEP_distribution_map.jpg"/>
+            <wp:docPr id="48982915" name="name2868692480ad2b16d" descr="ASCXEP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ASCXEP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68866909eda906b76" cstate="print"/>
+                    <a:blip r:embed="rId9277692480ad2b16a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2460,51 +2460,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests and summary pest risk assessment. Ministry of Agriculture, Fisheries and Food, Central Science Laboratory, Sand Hutton, York, PPR Point 4.3, 97/7020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EP (2013) A review of the literature relevant to the monitoring of regulated plant health pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72706909eda9075d3" w:history="1">
+      <w:hyperlink r:id="rId4465692480ad2bb22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2695,51 +2695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 5186, 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88396909eda907758" w:history="1">
+      <w:hyperlink r:id="rId8710692480ad2bcb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2823,51 +2823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Szkodnik podlegający obowiązkowi zwalczania. Państwowej Inspekcji Ochrony Roślin i Nasiennictwa (PIORiN) [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashistonyx eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A pest subject to mandatory control. National Plant Health and Seed Inspection Service (PIORiN)]. 1st edition, December 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15056909eda907836" w:history="1">
+      <w:hyperlink r:id="rId4391692480ad2bd80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [in Polish].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3016,51 +3016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19516909eda907976" w:history="1">
+      <w:hyperlink r:id="rId7018692480ad2beb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13355-023-00855-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3126,51 +3126,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Byakushincecis eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48736909eda907a32" w:history="1">
+      <w:hyperlink r:id="rId1844692480ad2bf89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3183,63 +3183,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27211949" name="name96296909eda907ace" descr="eu_funding_250.png"/>
+            <wp:docPr id="65893061" name="name9886692480ad2c049" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55486909eda907acd" cstate="print"/>
+                    <a:blip r:embed="rId7420692480ad2c048" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3337,137 +3337,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14792122">
+  <w:abstractNum w:abstractNumId="17516641">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51546745">
+    <w:lvl w:ilvl="0" w:tplc="28984534">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51546745" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28984534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14792121">
+  <w:abstractNum w:abstractNumId="17516640">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41544002">
+    <w:lvl w:ilvl="0" w:tplc="43170835">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4219,55 +4219,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14792121">
-    <w:abstractNumId w:val="14792121"/>
+  <w:num w:numId="17516640">
+    <w:abstractNumId w:val="17516640"/>
   </w:num>
-  <w:num w:numId="14792122">
-    <w:abstractNumId w:val="14792122"/>
+  <w:num w:numId="17516641">
+    <w:abstractNumId w:val="17516641"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15817,51 +15817,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308267310" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId633281399" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74226909eda9054ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId58326909eda90551a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId27456909eda9056ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId72706909eda9075d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId88396909eda907758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId15056909eda907836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId19516909eda907976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId48736909eda907a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77896909eda9055e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77896909eda9055e8.jpg"/><Relationship Id="rId68866909eda906b76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68866909eda906b76.jpg"/><Relationship Id="rId55486909eda907acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55486909eda907acd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469369469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId175892405" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1351692480ad2968d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId9765692480ad296d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId8233692480ad29f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId4465692480ad2bb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId8710692480ad2bcb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId4391692480ad2bd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId7018692480ad2beb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId1844692480ad2bf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9992692480ad29e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9992692480ad29e78.jpg"/><Relationship Id="rId9277692480ad2b16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9277692480ad2b16a.jpg"/><Relationship Id="rId7420692480ad2c048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7420692480ad2c048.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>