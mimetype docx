--- v2 (2025-11-24)
+++ v3 (2025-12-17)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Inouye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese gall midge, juniper gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1351692480ad2968d" w:history="1">
+            <w:hyperlink r:id="rId8372694227609129e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9765692480ad296d3" w:history="1">
+            <w:hyperlink r:id="rId526669422760912e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASCXEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11625249" name="name3716692480ad29e7a" descr="2037.jpg"/>
+                  <wp:docPr id="23378017" name="name65036942276091968" descr="2037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9992692480ad29e78" cstate="print"/>
+                          <a:blip r:embed="rId47606942276091966" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8233692480ad29f96" w:history="1">
+            <w:hyperlink r:id="rId10976942276091aad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1172,63 +1172,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013; Björklund &amp; Boberg, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48982915" name="name2868692480ad2b16d" descr="ASCXEP_distribution_map.jpg"/>
+            <wp:docPr id="32363337" name="name36886942276092b52" descr="ASCXEP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ASCXEP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9277692480ad2b16a" cstate="print"/>
+                    <a:blip r:embed="rId24906942276092b4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2460,51 +2460,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests and summary pest risk assessment. Ministry of Agriculture, Fisheries and Food, Central Science Laboratory, Sand Hutton, York, PPR Point 4.3, 97/7020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EP (2013) A review of the literature relevant to the monitoring of regulated plant health pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4465692480ad2bb22" w:history="1">
+      <w:hyperlink r:id="rId34966942276093529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2695,51 +2695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 5186, 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8710692480ad2bcb2" w:history="1">
+      <w:hyperlink r:id="rId525269422760936bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2823,51 +2823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Szkodnik podlegający obowiązkowi zwalczania. Państwowej Inspekcji Ochrony Roślin i Nasiennictwa (PIORiN) [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashistonyx eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A pest subject to mandatory control. National Plant Health and Seed Inspection Service (PIORiN)]. 1st edition, December 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4391692480ad2bd80" w:history="1">
+      <w:hyperlink r:id="rId557569422760937cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [in Polish].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3016,51 +3016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7018692480ad2beb8" w:history="1">
+      <w:hyperlink r:id="rId5246694227609390b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13355-023-00855-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3126,51 +3126,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Byakushincecis eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1844692480ad2bf89" w:history="1">
+      <w:hyperlink r:id="rId354669422760939c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3183,63 +3183,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65893061" name="name9886692480ad2c049" descr="eu_funding_250.png"/>
+            <wp:docPr id="87110999" name="name59246942276093da8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7420692480ad2c048" cstate="print"/>
+                    <a:blip r:embed="rId89686942276093da7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3337,137 +3337,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17516641">
+  <w:abstractNum w:abstractNumId="99708381">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28984534">
+    <w:lvl w:ilvl="0" w:tplc="92168811">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28984534" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92168811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17516640">
+  <w:abstractNum w:abstractNumId="99708380">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43170835">
+    <w:lvl w:ilvl="0" w:tplc="98996157">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4219,55 +4219,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17516640">
-    <w:abstractNumId w:val="17516640"/>
+  <w:num w:numId="99708380">
+    <w:abstractNumId w:val="99708380"/>
   </w:num>
-  <w:num w:numId="17516641">
-    <w:abstractNumId w:val="17516641"/>
+  <w:num w:numId="99708381">
+    <w:abstractNumId w:val="99708381"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15817,51 +15817,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469369469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId175892405" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1351692480ad2968d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId9765692480ad296d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId8233692480ad29f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId4465692480ad2bb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId8710692480ad2bcb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId4391692480ad2bd80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId7018692480ad2beb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId1844692480ad2bf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9992692480ad29e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9992692480ad29e78.jpg"/><Relationship Id="rId9277692480ad2b16a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9277692480ad2b16a.jpg"/><Relationship Id="rId7420692480ad2c048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7420692480ad2c048.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId213146909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312067703" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8372694227609129e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId526669422760912e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId10976942276091aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId34966942276093529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId525269422760936bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId557569422760937cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId5246694227609390b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId354669422760939c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47606942276091966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47606942276091966.jpg"/><Relationship Id="rId24906942276092b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24906942276092b4f.jpg"/><Relationship Id="rId89686942276093da7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89686942276093da7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>