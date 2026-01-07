--- v3 (2025-12-17)
+++ v4 (2026-01-07)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Inouye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese gall midge, juniper gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8372694227609129e" w:history="1">
+            <w:hyperlink r:id="rId3111695dd239e8ba2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526669422760912e2" w:history="1">
+            <w:hyperlink r:id="rId8651695dd239e8be7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASCXEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23378017" name="name65036942276091968" descr="2037.jpg"/>
+                  <wp:docPr id="10700426" name="name8956695dd239e8cca" descr="2037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47606942276091966" cstate="print"/>
+                          <a:blip r:embed="rId3635695dd239e8cc8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId10976942276091aad" w:history="1">
+            <w:hyperlink r:id="rId2262695dd239e8e0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1172,63 +1172,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013; Björklund &amp; Boberg, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32363337" name="name36886942276092b52" descr="ASCXEP_distribution_map.jpg"/>
+            <wp:docPr id="16053929" name="name8098695dd239e9429" descr="ASCXEP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ASCXEP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24906942276092b4f" cstate="print"/>
+                    <a:blip r:embed="rId8076695dd239e9428" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2460,51 +2460,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests and summary pest risk assessment. Ministry of Agriculture, Fisheries and Food, Central Science Laboratory, Sand Hutton, York, PPR Point 4.3, 97/7020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EP (2013) A review of the literature relevant to the monitoring of regulated plant health pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34966942276093529" w:history="1">
+      <w:hyperlink r:id="rId5994695dd239e9dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2695,51 +2695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 5186, 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525269422760936bc" w:history="1">
+      <w:hyperlink r:id="rId1125695dd239e9f51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2823,51 +2823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Szkodnik podlegający obowiązkowi zwalczania. Państwowej Inspekcji Ochrony Roślin i Nasiennictwa (PIORiN) [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashistonyx eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A pest subject to mandatory control. National Plant Health and Seed Inspection Service (PIORiN)]. 1st edition, December 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557569422760937cb" w:history="1">
+      <w:hyperlink r:id="rId4604695dd239ea021" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [in Polish].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3016,51 +3016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5246694227609390b" w:history="1">
+      <w:hyperlink r:id="rId5342695dd239ea15b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13355-023-00855-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3104,73 +3104,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Byakushincecis eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354669422760939c5" w:history="1">
+      <w:hyperlink r:id="rId3257695dd239ea212" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3183,63 +3183,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87110999" name="name59246942276093da8" descr="eu_funding_250.png"/>
+            <wp:docPr id="78876528" name="name6636695dd239ea2bc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89686942276093da7" cstate="print"/>
+                    <a:blip r:embed="rId8113695dd239ea2ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3337,137 +3337,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99708381">
+  <w:abstractNum w:abstractNumId="53671592">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92168811">
+    <w:lvl w:ilvl="0" w:tplc="28702544">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92168811" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28702544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99708380">
+  <w:abstractNum w:abstractNumId="53671591">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98996157">
+    <w:lvl w:ilvl="0" w:tplc="63939570">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4219,55 +4219,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99708380">
-    <w:abstractNumId w:val="99708380"/>
+  <w:num w:numId="53671591">
+    <w:abstractNumId w:val="53671591"/>
   </w:num>
-  <w:num w:numId="99708381">
-    <w:abstractNumId w:val="99708381"/>
+  <w:num w:numId="53671592">
+    <w:abstractNumId w:val="53671592"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15817,51 +15817,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId213146909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312067703" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8372694227609129e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId526669422760912e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId10976942276091aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId34966942276093529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId525269422760936bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId557569422760937cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId5246694227609390b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId354669422760939c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47606942276091966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47606942276091966.jpg"/><Relationship Id="rId24906942276092b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24906942276092b4f.jpg"/><Relationship Id="rId89686942276093da7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89686942276093da7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482764016" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId958472118" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3111695dd239e8ba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId8651695dd239e8be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId2262695dd239e8e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId5994695dd239e9dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId1125695dd239e9f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId4604695dd239ea021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId5342695dd239ea15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId3257695dd239ea212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3635695dd239e8cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3635695dd239e8cc8.jpg"/><Relationship Id="rId8076695dd239e9428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8076695dd239e9428.jpg"/><Relationship Id="rId8113695dd239ea2ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8113695dd239ea2ba.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>