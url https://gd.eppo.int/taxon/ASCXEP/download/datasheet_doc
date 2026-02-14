--- v4 (2026-01-07)
+++ v5 (2026-02-14)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Inouye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese gall midge, juniper gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3111695dd239e8ba2" w:history="1">
+            <w:hyperlink r:id="rId76596990ef620fa48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8651695dd239e8be7" w:history="1">
+            <w:hyperlink r:id="rId55536990ef620fa90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASCXEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10700426" name="name8956695dd239e8cca" descr="2037.jpg"/>
+                  <wp:docPr id="25816718" name="name46516990ef6210223" descr="2037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3635695dd239e8cc8" cstate="print"/>
+                          <a:blip r:embed="rId52136990ef6210221" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2262695dd239e8e0d" w:history="1">
+            <w:hyperlink r:id="rId66076990ef621037f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1172,63 +1172,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013; Björklund &amp; Boberg, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16053929" name="name8098695dd239e9429" descr="ASCXEP_distribution_map.jpg"/>
+            <wp:docPr id="38895053" name="name40576990ef6211c3b" descr="ASCXEP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ASCXEP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8076695dd239e9428" cstate="print"/>
+                    <a:blip r:embed="rId84426990ef6211c38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2460,51 +2460,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests and summary pest risk assessment. Ministry of Agriculture, Fisheries and Food, Central Science Laboratory, Sand Hutton, York, PPR Point 4.3, 97/7020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EP (2013) A review of the literature relevant to the monitoring of regulated plant health pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5994695dd239e9dca" w:history="1">
+      <w:hyperlink r:id="rId17386990ef62128cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2695,51 +2695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 5186, 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1125695dd239e9f51" w:history="1">
+      <w:hyperlink r:id="rId33696990ef6212a97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2823,51 +2823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Szkodnik podlegający obowiązkowi zwalczania. Państwowej Inspekcji Ochrony Roślin i Nasiennictwa (PIORiN) [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashistonyx eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A pest subject to mandatory control. National Plant Health and Seed Inspection Service (PIORiN)]. 1st edition, December 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4604695dd239ea021" w:history="1">
+      <w:hyperlink r:id="rId90676990ef6212b70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [in Polish].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3016,51 +3016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5342695dd239ea15b" w:history="1">
+      <w:hyperlink r:id="rId72476990ef6212cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13355-023-00855-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3126,51 +3126,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Byakushincecis eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3257695dd239ea212" w:history="1">
+      <w:hyperlink r:id="rId72186990ef6212e03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3183,63 +3183,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78876528" name="name6636695dd239ea2bc" descr="eu_funding_250.png"/>
+            <wp:docPr id="14019779" name="name36136990ef621309b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8113695dd239ea2ba" cstate="print"/>
+                    <a:blip r:embed="rId77646990ef6213099" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3337,137 +3337,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53671592">
+  <w:abstractNum w:abstractNumId="87824779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28702544">
+    <w:lvl w:ilvl="0" w:tplc="24652157">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28702544" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24652157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53671591">
+  <w:abstractNum w:abstractNumId="87824778">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63939570">
+    <w:lvl w:ilvl="0" w:tplc="82962937">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4219,55 +4219,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53671591">
-    <w:abstractNumId w:val="53671591"/>
+  <w:num w:numId="87824778">
+    <w:abstractNumId w:val="87824778"/>
   </w:num>
-  <w:num w:numId="53671592">
-    <w:abstractNumId w:val="53671592"/>
+  <w:num w:numId="87824779">
+    <w:abstractNumId w:val="87824779"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15817,51 +15817,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482764016" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId958472118" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3111695dd239e8ba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId8651695dd239e8be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId2262695dd239e8e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId5994695dd239e9dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId1125695dd239e9f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId4604695dd239ea021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId5342695dd239ea15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId3257695dd239ea212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3635695dd239e8cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3635695dd239e8cc8.jpg"/><Relationship Id="rId8076695dd239e9428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8076695dd239e9428.jpg"/><Relationship Id="rId8113695dd239ea2ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8113695dd239ea2ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283649675" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835067518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76596990ef620fa48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId55536990ef620fa90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId66076990ef621037f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId17386990ef62128cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId33696990ef6212a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId90676990ef6212b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId72476990ef6212cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId72186990ef6212e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52136990ef6210221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52136990ef6210221.jpg"/><Relationship Id="rId84426990ef6211c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84426990ef6211c38.jpg"/><Relationship Id="rId77646990ef6213099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77646990ef6213099.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>