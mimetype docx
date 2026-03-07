--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Inouye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese gall midge, juniper gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76596990ef620fa48" w:history="1">
+            <w:hyperlink r:id="rId929569abcae9b494a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55536990ef620fa90" w:history="1">
+            <w:hyperlink r:id="rId342769abcae9b498f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASCXEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25816718" name="name46516990ef6210223" descr="2037.jpg"/>
+                  <wp:docPr id="93094471" name="name311769abcae9b51cf" descr="2037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52136990ef6210221" cstate="print"/>
+                          <a:blip r:embed="rId636169abcae9b51cc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId66076990ef621037f" w:history="1">
+            <w:hyperlink r:id="rId870469abcae9b52fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1172,63 +1172,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013; Björklund &amp; Boberg, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38895053" name="name40576990ef6211c3b" descr="ASCXEP_distribution_map.jpg"/>
+            <wp:docPr id="4854777" name="name273369abcae9b6c25" descr="ASCXEP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ASCXEP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84426990ef6211c38" cstate="print"/>
+                    <a:blip r:embed="rId236969abcae9b6c22" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2460,51 +2460,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests and summary pest risk assessment. Ministry of Agriculture, Fisheries and Food, Central Science Laboratory, Sand Hutton, York, PPR Point 4.3, 97/7020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EP (2013) A review of the literature relevant to the monitoring of regulated plant health pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17386990ef62128cd" w:history="1">
+      <w:hyperlink r:id="rId862769abcae9b7736" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2695,51 +2695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 5186, 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33696990ef6212a97" w:history="1">
+      <w:hyperlink r:id="rId333569abcae9b78c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2823,51 +2823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Szkodnik podlegający obowiązkowi zwalczania. Państwowej Inspekcji Ochrony Roślin i Nasiennictwa (PIORiN) [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashistonyx eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A pest subject to mandatory control. National Plant Health and Seed Inspection Service (PIORiN)]. 1st edition, December 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90676990ef6212b70" w:history="1">
+      <w:hyperlink r:id="rId364269abcae9b79d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [in Polish].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3016,51 +3016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72476990ef6212cfe" w:history="1">
+      <w:hyperlink r:id="rId747569abcae9b7b13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13355-023-00855-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3126,51 +3126,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Byakushincecis eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72186990ef6212e03" w:history="1">
+      <w:hyperlink r:id="rId670269abcae9b7bf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3183,63 +3183,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14019779" name="name36136990ef621309b" descr="eu_funding_250.png"/>
+            <wp:docPr id="225476" name="name719169abcae9b7cb2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77646990ef6213099" cstate="print"/>
+                    <a:blip r:embed="rId826469abcae9b7cb1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3337,137 +3337,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87824779">
+  <w:abstractNum w:abstractNumId="39352351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24652157">
+    <w:lvl w:ilvl="0" w:tplc="28729452">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24652157" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28729452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87824778">
+  <w:abstractNum w:abstractNumId="39352350">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82962937">
+    <w:lvl w:ilvl="0" w:tplc="49003966">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4219,55 +4219,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87824778">
-    <w:abstractNumId w:val="87824778"/>
+  <w:num w:numId="39352350">
+    <w:abstractNumId w:val="39352350"/>
   </w:num>
-  <w:num w:numId="87824779">
-    <w:abstractNumId w:val="87824779"/>
+  <w:num w:numId="39352351">
+    <w:abstractNumId w:val="39352351"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15817,51 +15817,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283649675" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835067518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76596990ef620fa48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId55536990ef620fa90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId66076990ef621037f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId17386990ef62128cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId33696990ef6212a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId90676990ef6212b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId72476990ef6212cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId72186990ef6212e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52136990ef6210221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52136990ef6210221.jpg"/><Relationship Id="rId84426990ef6211c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84426990ef6211c38.jpg"/><Relationship Id="rId77646990ef6213099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77646990ef6213099.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId705303354" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762369843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId929569abcae9b494a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId342769abcae9b498f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId870469abcae9b52fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId862769abcae9b7736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId333569abcae9b78c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId364269abcae9b79d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId747569abcae9b7b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId670269abcae9b7bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId636169abcae9b51cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636169abcae9b51cc.jpg"/><Relationship Id="rId236969abcae9b6c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId236969abcae9b6c22.jpg"/><Relationship Id="rId826469abcae9b7cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826469abcae9b7cb1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>