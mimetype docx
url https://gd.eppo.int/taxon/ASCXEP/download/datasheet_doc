--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Inouye</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese gall midge, juniper gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId929569abcae9b494a" w:history="1">
+            <w:hyperlink r:id="rId263069c68baea358b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342769abcae9b498f" w:history="1">
+            <w:hyperlink r:id="rId388769c68baea35ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ASCXEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93094471" name="name311769abcae9b51cf" descr="2037.jpg"/>
+                  <wp:docPr id="56043795" name="name887069c68baea3a77" descr="2037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId636169abcae9b51cc" cstate="print"/>
+                          <a:blip r:embed="rId312069c68baea3a74" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId870469abcae9b52fc" w:history="1">
+            <w:hyperlink r:id="rId794169c68baea3ba6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1172,63 +1172,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013; Björklund &amp; Boberg, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4854777" name="name273369abcae9b6c25" descr="ASCXEP_distribution_map.jpg"/>
+            <wp:docPr id="7691514" name="name707669c68baea48f2" descr="ASCXEP_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ASCXEP_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId236969abcae9b6c22" cstate="print"/>
+                    <a:blip r:embed="rId499869c68baea48f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2460,51 +2460,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Data Sheets on Quarantine Pests and summary pest risk assessment. Ministry of Agriculture, Fisheries and Food, Central Science Laboratory, Sand Hutton, York, PPR Point 4.3, 97/7020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EP (2013) A review of the literature relevant to the monitoring of regulated plant health pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862769abcae9b7736" w:history="1">
+      <w:hyperlink r:id="rId354769c68baea52e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2695,51 +2695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 5186, 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333569abcae9b78c4" w:history="1">
+      <w:hyperlink r:id="rId264669c68baea5480" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2823,51 +2823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Szkodnik podlegający obowiązkowi zwalczania. Państwowej Inspekcji Ochrony Roślin i Nasiennictwa (PIORiN) [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashistonyx eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A pest subject to mandatory control. National Plant Health and Seed Inspection Service (PIORiN)]. 1st edition, December 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364269abcae9b79d1" w:history="1">
+      <w:hyperlink r:id="rId170669c68baea5556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [in Polish].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3016,51 +3016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747569abcae9b7b13" w:history="1">
+      <w:hyperlink r:id="rId853569c68baea5695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13355-023-00855-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3126,51 +3126,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Byakushincecis eppoi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670269abcae9b7bf0" w:history="1">
+      <w:hyperlink r:id="rId408669c68baea574c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3183,63 +3183,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="225476" name="name719169abcae9b7cb2" descr="eu_funding_250.png"/>
+            <wp:docPr id="4061878" name="name905469c68baea5985" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId826469abcae9b7cb1" cstate="print"/>
+                    <a:blip r:embed="rId229069c68baea5983" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3337,137 +3337,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39352351">
+  <w:abstractNum w:abstractNumId="21112428">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28729452">
+    <w:lvl w:ilvl="0" w:tplc="81501721">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28729452" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81501721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39352350">
+  <w:abstractNum w:abstractNumId="21112427">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49003966">
+    <w:lvl w:ilvl="0" w:tplc="57219833">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4219,55 +4219,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39352350">
-    <w:abstractNumId w:val="39352350"/>
+  <w:num w:numId="21112427">
+    <w:abstractNumId w:val="21112427"/>
   </w:num>
-  <w:num w:numId="39352351">
-    <w:abstractNumId w:val="39352351"/>
+  <w:num w:numId="21112428">
+    <w:abstractNumId w:val="21112428"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15817,51 +15817,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId705303354" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762369843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId929569abcae9b494a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId342769abcae9b498f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId870469abcae9b52fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId862769abcae9b7736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId333569abcae9b78c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId364269abcae9b79d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId747569abcae9b7b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId670269abcae9b7bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId636169abcae9b51cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636169abcae9b51cc.jpg"/><Relationship Id="rId236969abcae9b6c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId236969abcae9b6c22.jpg"/><Relationship Id="rId826469abcae9b7cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826469abcae9b7cb1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId691953660" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817794517" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId263069c68baea358b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/" TargetMode="External"/><Relationship Id="rId388769c68baea35ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/categorization" TargetMode="External"/><Relationship Id="rId794169c68baea3ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ASCXEP/photos" TargetMode="External"/><Relationship Id="rId354769c68baea52e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/static/media/files/publication/en/2015/09/13_EWG_ISPM6_2015_Sept_EFSA_PERSEUS_Appendix_C_to_the_Final_report.pdf" TargetMode="External"/><Relationship Id="rId264669c68baea5480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5186" TargetMode="External"/><Relationship Id="rId170669c68baea5556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://piorin.gov.pl/files/userfiles/giorin/publikacje/ulotki/nowe_zagrozenia/ashistonyx_eppoi.pdf" TargetMode="External"/><Relationship Id="rId853569c68baea5695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13355-023-00855-4" TargetMode="External"/><Relationship Id="rId408669c68baea574c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId312069c68baea3a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId312069c68baea3a74.jpg"/><Relationship Id="rId499869c68baea48f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId499869c68baea48f0.jpg"/><Relationship Id="rId229069c68baea5983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId229069c68baea5983.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>