--- v0 (2025-10-01)
+++ v1 (2026-02-03)
@@ -395,51 +395,51 @@
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Present, no details [Invasive]</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>