--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -398,54 +398,54 @@
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>ql</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PG</t>
   </si>
 </sst>
 </file>
 