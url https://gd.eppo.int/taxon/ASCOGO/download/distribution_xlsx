--- v1 (2026-01-09)
+++ v2 (2026-02-20)
@@ -389,51 +389,51 @@
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>